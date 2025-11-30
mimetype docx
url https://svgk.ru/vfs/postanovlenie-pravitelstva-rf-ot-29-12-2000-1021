--- v0 (2025-10-07)
+++ v1 (2025-11-30)
@@ -1,84 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-[...3 lines deleted...]
-</Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dor="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00C51609" w:rsidRPr="00C51609" w:rsidRDefault="00DB582B">
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:align>bottom</wp:align>
             </wp:positionV>
             <wp:extent cx="4539615" cy="1080000"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip dor:embed="rId328"/>
+                    <a:blip dor:embed="rId332"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4539615" cy="1080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -131,51 +128,51 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="5"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:position w:val="-61"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="3810000" cy="904875"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip dor:embed="rId2">
+                          <a:blip dor:embed="rId3">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3810000" cy="904875"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -203,136 +200,134 @@
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10716" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="5"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="30"/>
+                <w:sz w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">Постановление Правительства РФ от 29.12.2000 N 1021</w:t>
               <w:br/>
-              <w:t xml:space="preserve">(ред. от 26.06.2025)</w:t>
+              <w:t xml:space="preserve">(ред. от 30.08.2025)</w:t>
               <w:br/>
               <w:t xml:space="preserve">"О государственном регулировании цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводов до объектов капитального строительства, и газопроводов, предназначенных для транспортировки газа от месторождений природного газа до магистрального газопровода"</w:t>
               <w:br/>
               <w:t xml:space="preserve">(вместе с "Основными положениями формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводов до объектов капитального строительства, и газопроводов, предназначенных для транспортировки газа от месторождений природного газа до магистрального газопровода")</w:t>
-              <w:br/>
-              <w:t xml:space="preserve">(с изм. и доп., вступ. в силу с 01.07.2025)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="3031" w:hRule="exact"/>
         </w:trPr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
             <w:insideV w:val="nil"/>
             <w:insideH w:val="nil"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10716" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="5"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Документ предоставлен </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId3" w:tooltip="Ссылка на КонсультантПлюс">
+            <w:hyperlink w:history="0" dor:id="rId4" w:tooltip="Ссылка на КонсультантПлюс">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:color w:val="0000ff"/>
                   <w:b w:val="on"/>
                 </w:rPr>
                 <w:t xml:space="preserve">КонсультантПлюс</w:t>
                 <w:br/>
                 <w:br/>
               </w:r>
             </w:hyperlink>
-            <w:hyperlink w:history="0" dor:id="rId4" w:tooltip="Ссылка на КонсультантПлюс">
+            <w:hyperlink w:history="0" dor:id="rId5" w:tooltip="Ссылка на КонсультантПлюс">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:color w:val="0000ff"/>
                   <w:b w:val="on"/>
                 </w:rPr>
                 <w:t xml:space="preserve">www.consultant.ru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:br/>
-              <w:t xml:space="preserve">Дата сохранения: 14.08.2025</w:t>
+              <w:t xml:space="preserve">Дата сохранения: 14.11.2025</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="841" w:right="595" w:bottom="841" w:left="595" w:header="0" w:footer="0" w:gutter="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:outlineLvl w:val="0"/>
@@ -619,911 +614,940 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">Список изменяющих документов</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 22.05.2002 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId7" w:tooltip="Постановление Правительства РФ от 22.05.2002 N 328 &quot;О внесении изменений и дополнений в Постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId8" w:tooltip="Постановление Правительства РФ от 22.05.2002 N 328 &quot;О внесении изменений и дополнений в Постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 328</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 07.12.2006 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId8" w:tooltip="Постановление Правительства РФ от 07.12.2006 N 750 (ред. от 04.09.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId9" w:tooltip="Постановление Правительства РФ от 07.12.2006 N 750 (ред. от 04.09.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 750</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 28.05.2007 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId9" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId10" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 333</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 30.10.2007 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId10" w:tooltip="Постановление Правительства РФ от 30.10.2007 N 722 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  ------------ Утратил силу или отменен  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId11" w:tooltip="Постановление Правительства РФ от 30.10.2007 N 722 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  ------------ Утратил силу или отменен  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 722</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 10.12.2008 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId11" w:tooltip="Постановление Правительства РФ от 10.12.2008 N 950 (ред. от 30.11.2022) &quot;Об участии органов исполнительной власти субъектов Российской Федерации в области государственного регулирования тарифов в осуществлении государственного регулирования и контроля деятельности субъектов естественных монополий&quot; (вместе с &quot;Положением об участии органов исполнительной власти субъектов Российской Федерации в области государственного регулирования тарифов в осуществлении государственного регулирования и контроля деятельности  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId12" w:tooltip="Постановление Правительства РФ от 10.12.2008 N 950 (ред. от 30.11.2022) &quot;Об участии органов исполнительной власти субъектов Российской Федерации в области государственного регулирования тарифов в осуществлении государственного регулирования и контроля деятельности субъектов естественных монополий&quot; (вместе с &quot;Положением об участии органов исполнительной власти субъектов Российской Федерации в области государственного регулирования тарифов в осуществлении государственного регулирования и контроля деятельности  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 950</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 27.01.2009 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId12" w:tooltip="Постановление Правительства РФ от 27.01.2009 N 46 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId13" w:tooltip="Постановление Правительства РФ от 27.01.2009 N 46 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 46</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 23.07.2009 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId13" w:tooltip="Постановление Правительства РФ от 23.07.2009 N 606 &quot;О внесении изменения в пункт 15.2 Основных положений формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId14" w:tooltip="Постановление Правительства РФ от 23.07.2009 N 606 &quot;О внесении изменения в пункт 15.2 Основных положений формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 606</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 27.11.2010 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId14" w:tooltip="Постановление Правительства РФ от 27.11.2010 N 943 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId15" w:tooltip="Постановление Правительства РФ от 27.11.2010 N 943 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 943</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 31.12.2010 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId15" w:tooltip="Постановление Правительства РФ от 31.12.2010 N 1205 (ред. от 24.11.2023) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId16" w:tooltip="Постановление Правительства РФ от 31.12.2010 N 1205 (ред. от 24.11.2023) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1205</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 18.08.2011 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId16" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId17" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 685</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 24.11.2011 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId17" w:tooltip="Постановление Правительства РФ от 24.11.2011 N 972 &quot;О внесении изменения в пункт 16 Основных положений формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId18" w:tooltip="Постановление Правительства РФ от 24.11.2011 N 972 &quot;О внесении изменения в пункт 16 Основных положений формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 972</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 27.01.2012 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId18" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId19" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 37</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 16.04.2012 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId19" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газотранспортной системе публичного акционерного общества &quot;Газпром&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId20" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газотранспортной системе публичного акционерного общества &quot;Газпром&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 323</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 13.11.2013 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId20" w:tooltip="Постановление Правительства РФ от 13.11.2013 N 1018 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId21" w:tooltip="Постановление Правительства РФ от 13.11.2013 N 1018 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1018</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 30.12.2013 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId21" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId22" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1314</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 15.04.2014 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId22" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 342 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам ценообразования на газ и подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId23" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 342 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам ценообразования на газ и подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 342</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 19.06.2014 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId23" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId24" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 566</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 18.10.2014 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId24" w:tooltip="Постановление Правительства РФ от 18.10.2014 N 1074 (ред. от 04.09.2015) &quot;О порядке определения показателей надежности и качества услуг по транспортировке газа по газораспределительным сетям и о внесении изменения в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot; (вместе с &quot;Правилами определения показателей надежности и качества услуг по транспортировке газа по газораспределительным сетям&quot;)  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId25" w:tooltip="Постановление Правительства РФ от 18.10.2014 N 1074 (ред. от 04.09.2015) &quot;О порядке определения показателей надежности и качества услуг по транспортировке газа по газораспределительным сетям и о внесении изменения в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot; (вместе с &quot;Правилами определения показателей надежности и качества услуг по транспортировке газа по газораспределительным сетям&quot;)  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1074</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 03.12.2014 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId25" w:tooltip="Постановление Правительства РФ от 03.12.2014 N 1305 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId26" w:tooltip="Постановление Правительства РФ от 03.12.2014 N 1305 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1305</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 04.09.2015 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId26" w:tooltip="Постановление Правительства РФ от 04.09.2015 N 941 (ред. от 04.03.2025) &quot;О внесении изменений, признании утратившими силу некоторых актов Правительства Российской Федерации в связи с упразднением Федеральной службы по тарифам и об утверждении Правил принятия Федеральной антимонопольной службой решений об определении (установлении) цен (тарифов) и (или) их предельных уровней в сфере деятельности субъектов естественных монополий и иных регулируемых организаций&quot; (с изм. и доп., вступ. в силу с 12.03.2025)  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId27" w:tooltip="Постановление Правительства РФ от 04.09.2015 N 941 (ред. от 30.05.2025) &quot;О внесении изменений, признании утратившими силу некоторых актов Правительства Российской Федерации в связи с упразднением Федеральной службы по тарифам и об утверждении Правил принятия Федеральной антимонопольной службой решений об определении (установлении) цен (тарифов) и (или) их предельных уровней в сфере деятельности субъектов естественных монополий и иных регулируемых организаций&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 941</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 17.05.2016 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId27" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 432 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке и платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId28" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 432 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке и платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 432</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 27.12.2017 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId28" w:tooltip="Постановление Правительства РФ от 27.12.2017 N 1663 (ред. от 01.11.2021) &quot;О некоторых вопросах реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId29" w:tooltip="Постановление Правительства РФ от 27.12.2017 N 1663 (ред. от 01.11.2021) &quot;О некоторых вопросах реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1663</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 30.01.2018 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId29" w:tooltip="Постановление Правительства РФ от 30.01.2018 N 82 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам совершенствования порядка подключения объектов капитального строительства к газораспределительным сетям и повышения эффективности энергетической инфраструктуры&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId30" w:tooltip="Постановление Правительства РФ от 30.01.2018 N 82 (ред. от 31.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам совершенствования порядка подключения объектов капитального строительства к газораспределительным сетям и повышения эффективности энергетической инфраструктуры&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 82</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 29.10.2018 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId30" w:tooltip="Постановление Правительства РФ от 29.10.2018 N 1282 (ред. от 01.11.2021) &quot;О некоторых вопросах реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId31" w:tooltip="Постановление Правительства РФ от 29.10.2018 N 1282 (ред. от 01.11.2021) &quot;О некоторых вопросах реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1282</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 30.11.2018 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId31" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId32" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1442</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 21.12.2018 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId32" w:tooltip="Постановление Правительства РФ от 21.12.2018 N 1622 (ред. от 09.10.2021) &quot;О внесении изменений и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId33" w:tooltip="Постановление Правительства РФ от 21.12.2018 N 1622 (ред. от 09.10.2021) &quot;О внесении изменений и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1622</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 21.02.2019 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId33" w:tooltip="Постановление Правительства РФ от 21.02.2019 N 179 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId34" w:tooltip="Постановление Правительства РФ от 21.02.2019 N 179 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 179</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 05.09.2019 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId34" w:tooltip="Постановление Правительства РФ от 05.09.2019 N 1164 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId35" w:tooltip="Постановление Правительства РФ от 05.09.2019 N 1164 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1164</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 19.03.2020 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId35" w:tooltip="Постановление Правительства РФ от 19.03.2020 N 305 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId36" w:tooltip="Постановление Правительства РФ от 19.03.2020 N 305 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 305</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 24.11.2020 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId36" w:tooltip="Постановление Правительства РФ от 24.11.2020 N 1907 (ред. от 27.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации в части отмены обязанности представлять годовую бухгалтерскую (финансовую) отчетность в государственные органы&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId37" w:tooltip="Постановление Правительства РФ от 24.11.2020 N 1907 (ред. от 27.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации в части отмены обязанности представлять годовую бухгалтерскую (финансовую) отчетность в государственные органы&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1907</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 20.03.2021 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId37" w:tooltip="Постановление Правительства РФ от 20.03.2021 N 425 &quot;О внесении изменения в пункт 2 Основных положений формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке и платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId38" w:tooltip="Постановление Правительства РФ от 20.03.2021 N 425 &quot;О внесении изменения в пункт 2 Основных положений формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке и платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 425</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 13.09.2021 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId38" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId39" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1549</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 01.11.2021 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId39" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId40" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1899</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 07.05.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId40" w:tooltip="Постановление Правительства РФ от 07.05.2022 N 826 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводо  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId41" w:tooltip="Постановление Правительства РФ от 07.05.2022 N 826 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводо  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 826</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 10.06.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId41" w:tooltip="Постановление Правительства РФ от 10.06.2022 N 1061 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId42" w:tooltip="Постановление Правительства РФ от 10.06.2022 N 1061 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1061</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 02.09.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId42" w:tooltip="Постановление Правительства РФ от 02.09.2022 N 1554 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопровод  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId43" w:tooltip="Постановление Правительства РФ от 02.09.2022 N 1554 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопровод  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1554</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 26.10.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId43" w:tooltip="Постановление Правительства РФ от 26.10.2022 N 1910 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопровод  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId44" w:tooltip="Постановление Правительства РФ от 26.10.2022 N 1910 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопровод  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1910</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 30.11.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId44" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId45" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 2187</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 09.09.2023 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId45" w:tooltip="Постановление Правительства РФ от 09.09.2023 N 1477 (ред. от 06.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId46" w:tooltip="Постановление Правительства РФ от 09.09.2023 N 1477 (ред. от 06.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1477</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 24.11.2023 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId46" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId47" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1979</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 16.04.2024 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId47" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId48" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 484</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 11.12.2024 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId48" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId49" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1761</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 26.06.2025 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId49" w:tooltip="Постановление Правительства РФ от 26.06.2025 N 963 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId50" w:tooltip="Постановление Правительства РФ от 26.06.2025 N 963 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 963</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 30.08.2025 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" dor:id="rId51" w:tooltip="Постановление Правительства РФ от 30.08.2025 N 1330 &quot;О соглашениях об условиях осуществления регулируемых видов деятельности в области газоснабжения&quot; (вместе с &quot;Правилами заключения, изменения, прекращения и расторжения соглашений об условиях осуществления регулируемых видов деятельности в области газоснабжения (регуляторных контрактов), а также контроля за исполнением регуляторных контрактов&quot;)  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="24"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1330</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:shd w:val="clear" w:fill="f4f3f8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -1538,345 +1562,345 @@
       <w:pPr>
         <w:pStyle w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В целях реализации государственной политики в области газоснабжения в Российской Федерации Правительство Российской Федерации постановляет:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Утвердить прилагаемые Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводов до объектов капитального строительства, и газопроводов, предназначенных для транспортировки газа от месторождений природного газа до магистрального газопровода.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 1 в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId50" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId52" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 01.11.2021 N 1899)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Установить, что с 1 января 2001 г. организации, осуществляющие добычу, транспортировку и реализацию природного газа, обязаны вести раздельный учет продукции (услуг) и затрат на ее производство по следующим видам деятельности:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">добыча природного газа;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">услуги по транспортировке природного газа по трубопроводам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">хранение природного газа;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">услуги по поставке (реализации) природного газа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Федеральному органу исполнительной власти в сфере государственного регулирования цен (тарифов) по согласованию с Министерством экономического развития и торговли Российской Федерации утвердить методические указания по расчету регулируемых цен на газ и тарифов на услуги по его транспортировке с внесением, при необходимости, в установленном порядке изменений в формы федерального государственного статистического наблюдения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId51" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId53" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Министерству экономического развития и торговли Российской Федерации в первом полугодии 2002 г. разработать совместно с федеральным органом исполнительной власти в сфере государственного регулирования цен (тарифов) и утвердить методику определения размера основных средств, иных материальных и финансовых активов, используемых в регулируемых видах деятельности, в целях применения при регулировании цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 22.05.2002 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId52" w:tooltip="Постановление Правительства РФ от 22.05.2002 N 328 &quot;О внесении изменений и дополнений в Постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId54" w:tooltip="Постановление Правительства РФ от 22.05.2002 N 328 &quot;О внесении изменений и дополнений в Постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 328</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.05.2007 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId53" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId55" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 333</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Федеральному органу исполнительной власти в сфере государственного регулирования цен (тарифов) по согласованию с Министерством экономического развития и торговли Российской Федерации с участием открытого акционерного общества "Газпром" разработать и в первом полугодии 2002 г. утвердить:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId54" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId56" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...3 lines deleted...]
-      <w:hyperlink w:history="0" dor:id="rId55" w:tooltip="Приказ ФСТ России от 23.08.2005 N 388-э/1 (ред. от 21.10.2014) &quot;Об утверждении Методики расчета тарифов на услуги по транспортировке газа по магистральным газопроводам&quot; (Зарегистрировано в Минюсте России 19.10.2005 N 7102)  {КонсультантПлюс}">
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink w:history="0" dor:id="rId57" w:tooltip="Приказ ФСТ России от 23.08.2005 N 388-э/1 (ред. от 21.10.2014) &quot;Об утверждении Методики расчета тарифов на услуги по транспортировке газа по магистральным газопроводам&quot; (Зарегистрировано в Минюсте России 19.10.2005 N 7102)  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">методику</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> расчета тарифов на услуги по транспортировке газа по магистральным газопроводам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">порядок расчета за газ, закупаемый по импорту и реализуемый на внутреннем рынке Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 5 в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId56" w:tooltip="Постановление Правительства РФ от 22.05.2002 N 328 &quot;О внесении изменений и дополнений в Постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId58" w:tooltip="Постановление Правительства РФ от 22.05.2002 N 328 &quot;О внесении изменений и дополнений в Постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 22.05.2002 N 328)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
@@ -2253,911 +2277,940 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">Список изменяющих документов</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 22.05.2002 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId57" w:tooltip="Постановление Правительства РФ от 22.05.2002 N 328 &quot;О внесении изменений и дополнений в Постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId59" w:tooltip="Постановление Правительства РФ от 22.05.2002 N 328 &quot;О внесении изменений и дополнений в Постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 328</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 07.12.2006 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId58" w:tooltip="Постановление Правительства РФ от 07.12.2006 N 750 (ред. от 04.09.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId60" w:tooltip="Постановление Правительства РФ от 07.12.2006 N 750 (ред. от 04.09.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 750</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 28.05.2007 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId59" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId61" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 333</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 30.10.2007 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId60" w:tooltip="Постановление Правительства РФ от 30.10.2007 N 722 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  ------------ Утратил силу или отменен  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId62" w:tooltip="Постановление Правительства РФ от 30.10.2007 N 722 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  ------------ Утратил силу или отменен  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 722</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 10.12.2008 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId61" w:tooltip="Постановление Правительства РФ от 10.12.2008 N 950 (ред. от 30.11.2022) &quot;Об участии органов исполнительной власти субъектов Российской Федерации в области государственного регулирования тарифов в осуществлении государственного регулирования и контроля деятельности субъектов естественных монополий&quot; (вместе с &quot;Положением об участии органов исполнительной власти субъектов Российской Федерации в области государственного регулирования тарифов в осуществлении государственного регулирования и контроля деятельности  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId63" w:tooltip="Постановление Правительства РФ от 10.12.2008 N 950 (ред. от 30.11.2022) &quot;Об участии органов исполнительной власти субъектов Российской Федерации в области государственного регулирования тарифов в осуществлении государственного регулирования и контроля деятельности субъектов естественных монополий&quot; (вместе с &quot;Положением об участии органов исполнительной власти субъектов Российской Федерации в области государственного регулирования тарифов в осуществлении государственного регулирования и контроля деятельности  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 950</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 27.01.2009 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId62" w:tooltip="Постановление Правительства РФ от 27.01.2009 N 46 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId64" w:tooltip="Постановление Правительства РФ от 27.01.2009 N 46 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 46</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 23.07.2009 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId63" w:tooltip="Постановление Правительства РФ от 23.07.2009 N 606 &quot;О внесении изменения в пункт 15.2 Основных положений формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId65" w:tooltip="Постановление Правительства РФ от 23.07.2009 N 606 &quot;О внесении изменения в пункт 15.2 Основных положений формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 606</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 27.11.2010 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId64" w:tooltip="Постановление Правительства РФ от 27.11.2010 N 943 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId66" w:tooltip="Постановление Правительства РФ от 27.11.2010 N 943 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 943</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 31.12.2010 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId65" w:tooltip="Постановление Правительства РФ от 31.12.2010 N 1205 (ред. от 24.11.2023) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId67" w:tooltip="Постановление Правительства РФ от 31.12.2010 N 1205 (ред. от 24.11.2023) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1205</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 18.08.2011 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId66" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId68" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 685</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 24.11.2011 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId67" w:tooltip="Постановление Правительства РФ от 24.11.2011 N 972 &quot;О внесении изменения в пункт 16 Основных положений формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId69" w:tooltip="Постановление Правительства РФ от 24.11.2011 N 972 &quot;О внесении изменения в пункт 16 Основных положений формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 972</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 27.01.2012 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId68" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId70" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 37</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 16.04.2012 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId69" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газотранспортной системе публичного акционерного общества &quot;Газпром&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId71" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газотранспортной системе публичного акционерного общества &quot;Газпром&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 323</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 13.11.2013 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId70" w:tooltip="Постановление Правительства РФ от 13.11.2013 N 1018 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId72" w:tooltip="Постановление Правительства РФ от 13.11.2013 N 1018 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1018</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 30.12.2013 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId71" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId73" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1314</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 15.04.2014 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId72" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 342 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам ценообразования на газ и подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId74" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 342 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам ценообразования на газ и подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 342</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 19.06.2014 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId73" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId75" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 566</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 18.10.2014 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId74" w:tooltip="Постановление Правительства РФ от 18.10.2014 N 1074 (ред. от 04.09.2015) &quot;О порядке определения показателей надежности и качества услуг по транспортировке газа по газораспределительным сетям и о внесении изменения в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot; (вместе с &quot;Правилами определения показателей надежности и качества услуг по транспортировке газа по газораспределительным сетям&quot;)  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId76" w:tooltip="Постановление Правительства РФ от 18.10.2014 N 1074 (ред. от 04.09.2015) &quot;О порядке определения показателей надежности и качества услуг по транспортировке газа по газораспределительным сетям и о внесении изменения в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot; (вместе с &quot;Правилами определения показателей надежности и качества услуг по транспортировке газа по газораспределительным сетям&quot;)  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1074</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 03.12.2014 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId75" w:tooltip="Постановление Правительства РФ от 03.12.2014 N 1305 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId77" w:tooltip="Постановление Правительства РФ от 03.12.2014 N 1305 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1305</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 04.09.2015 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId76" w:tooltip="Постановление Правительства РФ от 04.09.2015 N 941 (ред. от 04.03.2025) &quot;О внесении изменений, признании утратившими силу некоторых актов Правительства Российской Федерации в связи с упразднением Федеральной службы по тарифам и об утверждении Правил принятия Федеральной антимонопольной службой решений об определении (установлении) цен (тарифов) и (или) их предельных уровней в сфере деятельности субъектов естественных монополий и иных регулируемых организаций&quot; (с изм. и доп., вступ. в силу с 12.03.2025)  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId78" w:tooltip="Постановление Правительства РФ от 04.09.2015 N 941 (ред. от 30.05.2025) &quot;О внесении изменений, признании утратившими силу некоторых актов Правительства Российской Федерации в связи с упразднением Федеральной службы по тарифам и об утверждении Правил принятия Федеральной антимонопольной службой решений об определении (установлении) цен (тарифов) и (или) их предельных уровней в сфере деятельности субъектов естественных монополий и иных регулируемых организаций&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 941</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 17.05.2016 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId77" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 432 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке и платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId79" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 432 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке и платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 432</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 27.12.2017 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId78" w:tooltip="Постановление Правительства РФ от 27.12.2017 N 1663 (ред. от 01.11.2021) &quot;О некоторых вопросах реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId80" w:tooltip="Постановление Правительства РФ от 27.12.2017 N 1663 (ред. от 01.11.2021) &quot;О некоторых вопросах реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1663</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 30.01.2018 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId79" w:tooltip="Постановление Правительства РФ от 30.01.2018 N 82 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам совершенствования порядка подключения объектов капитального строительства к газораспределительным сетям и повышения эффективности энергетической инфраструктуры&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId81" w:tooltip="Постановление Правительства РФ от 30.01.2018 N 82 (ред. от 31.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам совершенствования порядка подключения объектов капитального строительства к газораспределительным сетям и повышения эффективности энергетической инфраструктуры&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 82</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 29.10.2018 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId80" w:tooltip="Постановление Правительства РФ от 29.10.2018 N 1282 (ред. от 01.11.2021) &quot;О некоторых вопросах реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId82" w:tooltip="Постановление Правительства РФ от 29.10.2018 N 1282 (ред. от 01.11.2021) &quot;О некоторых вопросах реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1282</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 30.11.2018 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId81" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId83" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1442</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 21.12.2018 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId82" w:tooltip="Постановление Правительства РФ от 21.12.2018 N 1622 (ред. от 09.10.2021) &quot;О внесении изменений и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId84" w:tooltip="Постановление Правительства РФ от 21.12.2018 N 1622 (ред. от 09.10.2021) &quot;О внесении изменений и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1622</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 21.02.2019 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId83" w:tooltip="Постановление Правительства РФ от 21.02.2019 N 179 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId85" w:tooltip="Постановление Правительства РФ от 21.02.2019 N 179 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 179</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 05.09.2019 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId84" w:tooltip="Постановление Правительства РФ от 05.09.2019 N 1164 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId86" w:tooltip="Постановление Правительства РФ от 05.09.2019 N 1164 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1164</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 19.03.2020 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId85" w:tooltip="Постановление Правительства РФ от 19.03.2020 N 305 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId87" w:tooltip="Постановление Правительства РФ от 19.03.2020 N 305 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 305</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 24.11.2020 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId86" w:tooltip="Постановление Правительства РФ от 24.11.2020 N 1907 (ред. от 27.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации в части отмены обязанности представлять годовую бухгалтерскую (финансовую) отчетность в государственные органы&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId88" w:tooltip="Постановление Правительства РФ от 24.11.2020 N 1907 (ред. от 27.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации в части отмены обязанности представлять годовую бухгалтерскую (финансовую) отчетность в государственные органы&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1907</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 20.03.2021 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId87" w:tooltip="Постановление Правительства РФ от 20.03.2021 N 425 &quot;О внесении изменения в пункт 2 Основных положений формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке и платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId89" w:tooltip="Постановление Правительства РФ от 20.03.2021 N 425 &quot;О внесении изменения в пункт 2 Основных положений формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке и платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 425</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 13.09.2021 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId88" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId90" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1549</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 01.11.2021 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId89" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId91" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1899</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 07.05.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId90" w:tooltip="Постановление Правительства РФ от 07.05.2022 N 826 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводо  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId92" w:tooltip="Постановление Правительства РФ от 07.05.2022 N 826 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводо  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 826</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 10.06.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId91" w:tooltip="Постановление Правительства РФ от 10.06.2022 N 1061 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId93" w:tooltip="Постановление Правительства РФ от 10.06.2022 N 1061 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1061</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 02.09.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId92" w:tooltip="Постановление Правительства РФ от 02.09.2022 N 1554 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопровод  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId94" w:tooltip="Постановление Правительства РФ от 02.09.2022 N 1554 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопровод  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1554</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 26.10.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId93" w:tooltip="Постановление Правительства РФ от 26.10.2022 N 1910 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопровод  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId95" w:tooltip="Постановление Правительства РФ от 26.10.2022 N 1910 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопровод  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1910</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 30.11.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId94" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId96" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 2187</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 09.09.2023 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId95" w:tooltip="Постановление Правительства РФ от 09.09.2023 N 1477 (ред. от 06.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId97" w:tooltip="Постановление Правительства РФ от 09.09.2023 N 1477 (ред. от 06.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1477</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 24.11.2023 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId96" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId98" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1979</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 16.04.2024 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId97" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId99" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 484</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 11.12.2024 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId98" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId100" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1761</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 26.06.2025 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId99" w:tooltip="Постановление Правительства РФ от 26.06.2025 N 963 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId101" w:tooltip="Постановление Правительства РФ от 26.06.2025 N 963 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 963</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 30.08.2025 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" dor:id="rId102" w:tooltip="Постановление Правительства РФ от 30.08.2025 N 1330 &quot;О соглашениях об условиях осуществления регулируемых видов деятельности в области газоснабжения&quot; (вместе с &quot;Правилами заключения, изменения, прекращения и расторжения соглашений об условиях осуществления регулируемых видов деятельности в области газоснабжения (регуляторных контрактов), а также контроля за исполнением регуляторных контрактов&quot;)  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="24"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 1330</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:shd w:val="clear" w:fill="f4f3f8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -3191,2288 +3244,2288 @@
         <w:t xml:space="preserve">I. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Настоящие Основные положения, разработанные в соответствии с Федеральным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId100" w:tooltip="Федеральный закон от 31.03.1999 N 69-ФЗ (ред. от 08.08.2024) &quot;О газоснабжении в Российской Федерации&quot; (с изм. и доп., вступ. в силу с 01.09.2024)  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId103" w:tooltip="Федеральный закон от 31.03.1999 N 69-ФЗ (ред. от 28.12.2024) &quot;О газоснабжении в Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">законом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О газоснабжении в Российской Федерации", определяют принципы формирования цен на газ, добываемый на территории Российской Федерации, и тарифов на услуги по его транспортировке на территории Российской Федерации по магистральным газопроводам и газораспределительным сетям, цен на сжиженный газ, реализуемый населению для бытовых нужд, а также порядок определения размера платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и стандартизированных тарифных ставок, определяющих ее величину, и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводов до объектов капитального строительства, и газопроводов, предназначенных для транспортировки газа от месторождений природного газа до магистрального газопровода (далее - технологическое присоединение к магистральным газопроводам).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 30.12.2013 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId101" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId104" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.11.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId102" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId105" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1442</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 01.11.2021 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId103" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId106" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1899</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Понятия, используемые в настоящих Основных положениях, означают следующее:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">потребитель газа - лицо, приобретающее газ для собственных бытовых нужд, а также собственных производственных или иных хозяйственных нужд;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId104" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId107" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">"независимая газотранспортная организация" - организация, оказывающая услуги по транспортировке газа по газопроводам, принадлежащим ей на праве собственности или на ином законном основании, а также являющаяся независимой от организаций - собственников систем газоснабжения (Единой системы газоснабжения, региональных систем газоснабжения) и организаций - собственников газораспределительных систем;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">"оптовая цена на газ, определяемая в диапазоне между предельными максимальным и минимальным уровнями оптовых цен" - оптовая цена на газ, определяемая на выходе из системы магистральных газопроводов по соглашению сторон при заключении договоров поставки газа (в том числе долгосрочных) его потребителям соответствующих групп;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId105" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId108" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333, в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId106" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId109" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">"предельный максимальный уровень оптовых цен на газ" - уровень оптовых цен, превышение которого в договорах поставки газа не допускается;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId107" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId110" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">"предельный минимальный уровень оптовых цен на газ" - уровень оптовых цен, ниже которого установление стоимости газа в договорах поставки газа не допускается;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId108" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId111" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">"регулируемый вид деятельности" - вид деятельности, при выполнении которого расчеты за поставляемый газ (услуги по его транспортировке), услуги по подключению (технологическому присоединению) объектов капитального строительства к сетям газораспределения и расчеты за технологическое присоединение к магистральным газопроводам осуществляются исходя из цен и тарифов, регулируемых государством;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 30.12.2013 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId109" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId112" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 01.11.2021 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId110" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId113" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1899</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">"розничная цена на газ" - цена на газ, реализуемый населению для удовлетворения личных, семейных, домашних и иных нужд (кроме газа для заправки автотранспортных средств), не связанных с осуществлением предпринимательской (профессиональной) деятельности, за исключением розничных цен на сжиженный газ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 18.08.2011 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId111" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId114" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.11.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId112" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId115" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1442</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">"розничная цена на сжиженный газ" - цена на сжиженный газ, реализуемый населению для бытовых нужд, кроме газа для заправки автотранспортных средств, не связанных с осуществлением предпринимательской (профессиональной) деятельности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId113" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId116" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.11.2018 N 1442)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">"цена на газ", "тарифы на услуги по транспортировке газа", "плата за снабженческо-сбытовые услуги" - система ценовых ставок, по которым осуществляются расчеты за поставляемый газ, оказываются услуги по его транспортировке или приобретению;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">"регулируемая оптовая цена на газ" - утвержденная в установленном порядке цена на газ, по которой он должен реализовываться поставщиками газа (газоснабжающими организациями) непосредственно потребителям газа или организациям для дальнейшей продажи потребителям газа:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 27.01.2012 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId114" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId117" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 37</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.12.2013 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId115" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId118" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 24.11.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId116" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId119" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1979</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">на выходе из системы магистрального газопроводного транспорта;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId117" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId120" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 27.01.2012 N 37)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">на входе в газораспределительные сети (в случае отсутствия в схеме поставки газа магистральных газопроводов);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId118" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId121" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 27.01.2012 N 37)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">на входе в приемную емкость, технологически связанную с газораспределительными сетями или с сетями потребителя газа, для последующего хранения сжиженного природного газа и его регазификации (в случае применения в процессе поставки технологий по сжижению газа), если потребители газа относятся к категории "население";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 27.01.2012 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId119" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId122" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 37</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.12.2013 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId120" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId123" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.11.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId121" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId124" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1442</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">"переходный период" - период с 2011 года по 2017 год включительно, в течение которого осуществляются мероприятия по созданию условий для практического внедрения рыночных принципов ценообразования на газ, поставляемый публичным акционерным обществом "Газпром" и его аффилированными лицами (включая применение формулы цены на газ, предусматривающей достижение равной доходности поставок газа на внешний и внутренний рынки и учитывающей стоимость альтернативных видов топлива), и подготовке к переходу от государственного регулирования оптовых цен на газ к государственному регулированию тарифов на услуги по его транспортировке по магистральным газопроводам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId122" w:tooltip="Постановление Правительства РФ от 31.12.2010 N 1205 (ред. от 24.11.2023) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId125" w:tooltip="Постановление Правительства РФ от 31.12.2010 N 1205 (ред. от 24.11.2023) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 31.12.2010 N 1205, в ред. Постановлений Правительства РФ от 15.04.2014 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId123" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 342 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам ценообразования на газ и подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId126" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 342 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам ценообразования на газ и подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 342</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.11.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId124" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId127" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1442</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">"регулируемая плата за снабженческо-сбытовые услуги" - утвержденная в установленном </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId125" w:tooltip="Приказ ФСТ РФ от 03.02.2011 N 38-э &quot;Об утверждении Административного регламента исполнения государственной функции Федеральной службы по тарифам по регулированию размера платы за снабженческо-сбытовые услуги, оказываемые конечным потребителям поставщиками газа&quot; (Зарегистрировано в Минюсте РФ 14.03.2011 N 20088)  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId128" w:tooltip="Приказ ФСТ РФ от 03.02.2011 N 38-э &quot;Об утверждении Административного регламента исполнения государственной функции Федеральной службы по тарифам по регулированию размера платы за снабженческо-сбытовые услуги, оказываемые конечным потребителям поставщиками газа&quot; (Зарегистрировано в Минюсте РФ 14.03.2011 N 20088)  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">порядке</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> плата за снабженческо-сбытовые услуги, оказываемые потребителям газа его поставщиками (газоснабжающими организациями), взимаемая сверх регулируемой оптовой цены на газ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId126" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId129" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">"приемная емкость" - криогенный резервуар, использующийся для хранения и регазификации сжиженного природного газа;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId127" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId130" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 27.01.2012 N 37)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">"регазификация сжиженного природного газа" - процесс преобразования сжиженного природного газа из жидкого состояния в газообразное;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId128" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId131" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 27.01.2012 N 37)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">"население" - для целей настоящих Основных положений к данной категории относятся:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId129" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId132" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 18.08.2011 N 685)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">физические лица (граждане) - собственники (наниматели) жилого помещения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId130" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId133" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 18.08.2011 N 685)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">лица, приобретающие газ, в том числе исполнители коммунальных услуг, для его использования в котельных всех типов и (или) ином оборудовании для производства электрической и (или) тепловой энергии в целях удовлетворения бытовых нужд жильцов многоквартирных домов, находящихся в общей долевой собственности собственников помещений в указанных многоквартирных домах;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId131" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId134" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 18.08.2011 N 685)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">иные лица, приобретающие газ, потребляемый физическими лицами (гражданами), а именно:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId132" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId135" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 18.08.2011 N 685)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">исполнители коммунальных услуг (управляющие организации, товарищества собственников жилья, жилищно-строительные, жилищные или иные специализированные потребительские кооперативы);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId133" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId136" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 18.08.2011 N 685)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">наймодатели (или уполномоченные ими лица), предоставляющие гражданам жилые помещения специализированного жилищного фонда, - служебные жилые помещения, жилые помещения в общежитиях, жилые помещения маневренного фонда, жилые помещения в домах системы социального обслуживания населения, жилые помещения фонда для временного поселения вынужденных переселенцев и временного поселения лиц, признанных беженцами, жилые помещения для социальной защиты отдельных категорий граждан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId134" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId137" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 18.08.2011 N 685)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">садоводческие или огороднические некоммерческие товарищества;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId135" w:tooltip="Постановление Правительства РФ от 21.12.2018 N 1622 (ред. от 09.10.2021) &quot;О внесении изменений и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId138" w:tooltip="Постановление Правительства РФ от 21.12.2018 N 1622 (ред. от 09.10.2021) &quot;О внесении изменений и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 21.12.2018 N 1622)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">религиозные организации, приобретающие газ для его использования в котельных всех типов и (или) оборудовании, находящихся у них на праве собственности или ином законном основании, для производства электро- и (или) тепловой энергии в целях удовлетворения бытовых нужд на объектах, специально предназначенных для богослужения, молитвенных и религиозных собраний, а также для всего монастырского или храмового комплекса, в том числе трапезных, помещений, используемых религиозными организациями для обучения религии, монашеской жизнедеятельности, временного проживания паломников, помещений, не имеющих религиозного назначения и предназначенных для обслуживания имущества религиозного назначения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId136" w:tooltip="Постановление Правительства РФ от 20.03.2021 N 425 &quot;О внесении изменения в пункт 2 Основных положений формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке и платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId139" w:tooltip="Постановление Правительства РФ от 20.03.2021 N 425 &quot;О внесении изменения в пункт 2 Основных положений формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке и платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 20.03.2021 N 425)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">"газоиспользующее оборудование" - котлы, плиты, производственные печи, технологические линии, утилизаторы, генераторы электрического тока и другие установки, использующие газ в качестве топлива в целях выработки тепловой энергии для централизованного и автономного отопления, выработки электрической энергии, горячего водоснабжения, пищеприготовления, в технологических процессах различных производств, а также другие приборы, аппараты, агрегаты, технологическое оборудование и установки, использующие газ в качестве сырья.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId137" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId140" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Регулируемая оптовая цена и плата за снабженческо-сбытовые услуги распространяются на газ, добываемый публичным акционерным обществом "Газпром" и его аффилированными лицами, а также собственниками региональных систем газоснабжения, за исключением случаев, определенных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P180" w:tooltip="4(1). Государственное регулирование оптовых цен на газ, предусмотренное настоящими Основными положениями, не применяется в отношении природного газа:">
+      <w:hyperlink w:history="0" w:anchor="P182" w:tooltip="4(1). Государственное регулирование оптовых цен на газ, предусмотренное настоящими Основными положениями, не применяется в отношении природного газа:">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 4(1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений. Цена на газ, добываемый публичным акционерным обществом "Газпром" и его аффилированными лицами, при его перепродаже публичному акционерному обществу "Газпром" и (или) его аффилированным лицам после входа в систему магистрального газопроводного транспорта вне места (точки) определения регулируемых оптовых цен на газ (за исключением оптовых цен на природный газ, реализуемый на организованных торгах), не может превышать регулируемую оптовую цену, установленную в соответствии с настоящими Основными положениями для субъекта Российской Федерации, в котором осуществляется перепродажа газа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 30.11.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId138" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId141" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1442</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 02.09.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId139" w:tooltip="Постановление Правительства РФ от 02.09.2022 N 1554 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопровод  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId142" w:tooltip="Постановление Правительства РФ от 02.09.2022 N 1554 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопровод  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1554</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Иные понятия, используемые в настоящих Основных положениях, соответствуют определениям, содержащимся в Федеральном </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId140" w:tooltip="Федеральный закон от 31.03.1999 N 69-ФЗ (ред. от 08.08.2024) &quot;О газоснабжении в Российской Федерации&quot; (с изм. и доп., вступ. в силу с 01.09.2024)  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId143" w:tooltip="Федеральный закон от 31.03.1999 N 69-ФЗ (ред. от 28.12.2024) &quot;О газоснабжении в Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">законе</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О газоснабжении в Российской Федерации", а также в иных нормативных правовых актах.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Цена на газ для потребителя газа на границе раздела газораспределительных сетей и сетей потребителя газа формируется из регулируемых оптовой цены на газ или оптовой цены на газ, определяемой по соглашению сторон с учетом установленных предельных уровней, тарифов на услуги по его транспортировке по газораспределительным сетям, специальных надбавок к тарифам на услуги по транспортировке газа по газораспределительным сетям, предназначенных для финансирования программ газификации, и платы за снабженческо-сбытовые услуги.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.05.2007 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId141" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId144" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 333</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 27.11.2010 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId142" w:tooltip="Постановление Правительства РФ от 27.11.2010 N 943 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId145" w:tooltip="Постановление Правительства РФ от 27.11.2010 N 943 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 943</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.12.2013 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId143" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId146" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">При присоединении сетей потребителя газа непосредственно к системе магистрального газопроводного транспорта цена на газ для потребителя газа на границе раздела магистральных газопроводов и сетей потребителя газа формируется из регулируемых оптовой цены на газ или оптовой цены на газ, определяемой по соглашению сторон с учетом установленных предельных уровней, и платы за снабженческо-сбытовые услуги.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.05.2007 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId144" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId147" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 333</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.12.2013 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId145" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId148" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае если в осуществлении поставок газа потребителям газа участвует несколько организаций, регулируемая плата за снабженческо-сбытовые услуги, взимаемая с потребителей газа, распределяется между организациями по соглашению сторон.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId146" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId149" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3(1). В настоящих Основных положениях при расчете максимального часового расхода газа используются условия определения объема газа, характеризуемые температурой 20 градусов Цельсия, давлением 760 мм рт. ст., влажностью 0 процентов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 3(1) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId147" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId150" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="161" w:name="P161"/>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:id="163" w:name="P163"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:outlineLvl w:val="1"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">II. Государственное регулирование цен (тарифов)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Государственному регулированию на территории Российской Федерации подлежат:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">а) оптовые цены на газ в случаях, предусмотренных настоящими Основными положениями;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 16.04.2012 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId148" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газотранспортной системе публичного акционерного общества &quot;Газпром&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId151" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газотранспортной системе публичного акционерного общества &quot;Газпром&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 323</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 19.06.2014 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId149" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId152" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 566</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.11.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId150" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId153" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1442</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="166" w:name="P166"/>
-[...4 lines deleted...]
-        <w:spacing w:before="240" w:line-rule="auto"/>
+    <w:bookmarkStart w:id="168" w:name="P168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">б) тарифы на услуги по транспортировке газа по магистральным газопроводам для независимых организаций;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">в) тарифы на услуги по транспортировке газа по газопроводам, принадлежащим независимым газотранспортным организациям;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">г) тарифы на услуги по транспортировке газа по газораспределительным сетям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="169" w:name="P169"/>
-[...4 lines deleted...]
-        <w:spacing w:before="240" w:line-rule="auto"/>
+    <w:bookmarkStart w:id="171" w:name="P171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">д) размер платы за снабженческо-сбытовые услуги, оказываемые потребителям газа его поставщиками (при регулировании оптовых цен на газ);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId151" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId154" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">е) розничные цены на газ, реализуемый населению;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">е(1)) розничная цена на сжиженный газ, реализуемый населению для бытовых нужд;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "е(1)" введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId152" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId155" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.11.2018 N 1442)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ж) специальные надбавки к тарифам на услуги по транспортировке газа по газораспределительным сетям, предназначенные для финансирования программ газификации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "ж" введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId153" w:tooltip="Постановление Правительства РФ от 27.11.2010 N 943 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId156" w:tooltip="Постановление Правительства РФ от 27.11.2010 N 943 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 27.11.2010 N 943)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">з) плата за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) стандартизированные тарифные ставки, определяющие ее величину;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "з" введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId154" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId157" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">и) плата за технологическое присоединение к магистральным газопроводам.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "и" введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId155" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId158" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 01.11.2021 N 1899)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="180" w:name="P180"/>
-[...4 lines deleted...]
-        <w:spacing w:before="240" w:line-rule="auto"/>
+    <w:bookmarkStart w:id="182" w:name="P182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4(1). Государственное регулирование оптовых цен на газ, предусмотренное настоящими Основными положениями, не применяется в отношении природного газа:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">а) реализуемого публичным акционерным обществом "Газпром" и его аффилированными лицами на организованных торгах в объемах, определяемых Правительством Российской Федерации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">б) реализуемого публичным акционерным обществом "Газпром" и его аффилированными лицами организациям для производства природного газа в сжиженном состоянии для последующего экспорта и организациям, заключившим договоры поставки газа после 1 ноября 2018 г., предусматривающие начало поставки природного газа после 1 января 2020 г., для производства метанола из газа природного в газообразном состоянии для последующего экспорта;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">в) производимого с применением технологии по сжижению газа и (или) его регазификации из газа, добываемого публичным акционерным обществом "Газпром" и его аффилированными лицами, собственниками региональных систем газоснабжения и поставляемого потребителям, не относящимся к категории "население";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">г) добываемого организациями, созданными во исполнение </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId156" w:tooltip="Указ Президента РФ от 17.11.1992 N 1403 (ред. от 30.05.2019) &quot;Об особенностях приватизации и преобразования в акционерные общества государственных предприятий, производственных и научно-производственных объединений нефтяной, нефтеперерабатывающей промышленности и нефтепродуктообеспечения&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId159" w:tooltip="Указ Президента РФ от 17.11.1992 N 1403 (ред. от 30.05.2019) &quot;Об особенностях приватизации и преобразования в акционерные общества государственных предприятий, производственных и научно-производственных объединений нефтяной, нефтеперерабатывающей промышленности и нефтепродуктообеспечения&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Указа</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Российской Федерации от 17 ноября 1992 г. N 1403 "Об особенностях приватизации и преобразования в акционерные общества государственных предприятий, производственных и научно-производственных объединений нефтяной, нефтеперерабатывающей промышленности и нефтепродуктообеспечения" (кроме организаций, являющихся собственниками региональных систем газоснабжения).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. 4(1) в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId157" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId160" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.11.2018 N 1442)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Государственное регулирование оптовых цен на газ и тарифов на услуги по его транспортировке по магистральным газопроводам для независимых организаций осуществляется до перехода к государственному регулированию единых для всех поставщиков газа тарифов на услуги по его транспортировке по магистральным газопроводам на территории Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 16.04.2012 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId158" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газотранспортной системе публичного акционерного общества &quot;Газпром&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId161" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газотранспортной системе публичного акционерного общества &quot;Газпром&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 323</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 19.06.2014 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId159" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId162" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 566</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.11.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId160" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId163" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1442</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Переход от государственного регулирования оптовых цен на газ к государственному регулированию тарифов на услуги по его транспортировке по магистральным газопроводам на территории Российской Федерации осуществляется поэтапно.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">На первом этапе осуществляются государственное регулирование оптовых цен на газ (за исключением оптовых цен на природный газ, реализуемый на организованных торгах) и тарифов на услуги по его транспортировке по магистральным газопроводам для независимых организаций, разработка </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId161" w:tooltip="Приказ ФСТ России от 23.08.2005 N 388-э/1 (ред. от 21.10.2014) &quot;Об утверждении Методики расчета тарифов на услуги по транспортировке газа по магистральным газопроводам&quot; (Зарегистрировано в Минюсте России 19.10.2005 N 7102)  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId164" w:tooltip="Приказ ФСТ России от 23.08.2005 N 388-э/1 (ред. от 21.10.2014) &quot;Об утверждении Методики расчета тарифов на услуги по транспортировке газа по магистральным газопроводам&quot; (Зарегистрировано в Минюсте России 19.10.2005 N 7102)  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">методики</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> расчета тарифов на услуги по транспортировке газа по магистральным газопроводам и ее апробация, организация одной или нескольких газотранспортных компаний, осуществляющих транспортировку газа по магистральным газопроводам, а также введение в сфере услуг по транспортировке газа раздельного учета продукции (услуг) и затрат, относимых на себестоимость продукции (работ, услуг).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 16.04.2012 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId162" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газотранспортной системе публичного акционерного общества &quot;Газпром&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId165" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газотранспортной системе публичного акционерного общества &quot;Газпром&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 323</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 19.06.2014 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId163" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId166" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 566</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">На втором этапе определяется переходный период, в течение которого создаются условия для практического применения рыночных принципов ценообразования, в том числе формирования биржевых и внебиржевых индикаторов цен на природный газ, обеспеченных увеличением объемов реализации природного газа на организованных торгах, создающие основу для ограничения сферы государственного регулирования ценообразования в газовой отрасли, установления тарифов на услуги по транспортировке газа по магистральным газопроводам и газораспределительным сетям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId164" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId167" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 24.11.2023 N 1979)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
@@ -5577,427 +5630,427 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">КонсультантПлюс: примечание.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">До 01.01.2028 п. 7 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId165" w:tooltip="Постановление Правительства РФ от 08.07.2023 N 1128 (ред. от 21.11.2024) &quot;Об особенностях применения законодательства Российской Федерации в сфере газоснабжения (в том числе о государственном регулировании цен (тарифов) на территориях Донецкой Народной Республики, Луганской Народной Республики, Запорожской области и Херсонской области&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId168" w:tooltip="Постановление Правительства РФ от 08.07.2023 N 1128 (ред. от 29.10.2025) &quot;Об особенностях применения законодательства Российской Федерации в сфере газоснабжения (в том числе о государственном регулировании цен (тарифов) на территориях Донецкой Народной Республики, Луганской Народной Республики, Запорожской области и Херсонской области&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">не применяется</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve"> на территориях ДНР, ЛНР, Запорожской и Херсонской обл. Об установлении цен (тарифов) на указанных территориях см. </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId166" w:tooltip="Постановление Правительства РФ от 08.07.2023 N 1128 (ред. от 21.11.2024) &quot;Об особенностях применения законодательства Российской Федерации в сфере газоснабжения (в том числе о государственном регулировании цен (тарифов) на территориях Донецкой Народной Республики, Луганской Народной Республики, Запорожской области и Херсонской области&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId169" w:tooltip="Постановление Правительства РФ от 08.07.2023 N 1128 (ред. от 29.10.2025) &quot;Об особенностях применения законодательства Российской Федерации в сфере газоснабжения (в том числе о государственном регулировании цен (тарифов) на территориях Донецкой Народной Республики, Луганской Народной Республики, Запорожской области и Херсонской области&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Постановление</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve"> Правительства РФ от 08.07.2023 N 1128.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:shd w:val="clear" w:fill="f4f3f8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="300" w:line-rule="auto"/>
+        <w:spacing w:before="300" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">7. Федеральный орган исполнительной власти в сфере государственного регулирования цен (тарифов) в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P161" w:tooltip="II. Государственное регулирование цен (тарифов)">
+      <w:hyperlink w:history="0" w:anchor="P163" w:tooltip="II. Государственное регулирование цен (тарифов)">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">разделом II</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений осуществляет государственное регулирование:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId167" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId170" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">а) оптовых цен на газ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 16.04.2012 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId168" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газотранспортной системе публичного акционерного общества &quot;Газпром&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId171" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газотранспортной системе публичного акционерного общества &quot;Газпром&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 323</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 19.06.2014 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId169" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId172" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 566</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.11.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId170" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId173" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1442</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">б) тарифов на услуги по транспортировке газа по магистральным газопроводам для независимых организаций;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">в) тарифов на услуги по транспортировке газа по газопроводам, принадлежащим независимым газотранспортным организациям;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">г) тарифов на услуги по транспортировке газа по газораспределительным сетям;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">д) размера платы за снабженческо-сбытовые услуги, оказываемые потребителям газа его поставщиками (при регулировании оптовых цен на газ);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId171" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId174" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">е) размера платы за технологическое присоединение к магистральным газопроводам.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "е" введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId172" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId175" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 01.11.2021 N 1899)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">8. Розничные цены на газ, розничные цены на сжиженный газ, плата за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) стандартизированные тарифные ставки, определяющие ее величину, утверждаются исполнительными органами субъектов Российской Федерации в области государственного регулирования цен (тарифов).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 18.08.2011 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId173" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId176" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.12.2013 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId174" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId177" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.11.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId175" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId178" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1442</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.11.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId176" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId179" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 2187</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:spacing w:after="1"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblW w:w="5000" w:type="pct"/>
@@ -6075,378 +6128,378 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">КонсультантПлюс: примечание.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">До 01.01.2028 п. 9 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId177" w:tooltip="Постановление Правительства РФ от 08.07.2023 N 1128 (ред. от 21.11.2024) &quot;Об особенностях применения законодательства Российской Федерации в сфере газоснабжения (в том числе о государственном регулировании цен (тарифов) на территориях Донецкой Народной Республики, Луганской Народной Республики, Запорожской области и Херсонской области&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId180" w:tooltip="Постановление Правительства РФ от 08.07.2023 N 1128 (ред. от 29.10.2025) &quot;Об особенностях применения законодательства Российской Федерации в сфере газоснабжения (в том числе о государственном регулировании цен (тарифов) на территориях Донецкой Народной Республики, Луганской Народной Республики, Запорожской области и Херсонской области&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">не применяется</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve"> на территориях ДНР, ЛНР, Запорожской и Херсонской обл. Об установлении цен (тарифов) на указанных территориях см. </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId178" w:tooltip="Постановление Правительства РФ от 08.07.2023 N 1128 (ред. от 21.11.2024) &quot;Об особенностях применения законодательства Российской Федерации в сфере газоснабжения (в том числе о государственном регулировании цен (тарифов) на территориях Донецкой Народной Республики, Луганской Народной Республики, Запорожской области и Херсонской области&quot;  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" dor:id="rId181" w:tooltip="Постановление Правительства РФ от 08.07.2023 N 1128 (ред. от 29.10.2025) &quot;Об особенностях применения законодательства Российской Федерации в сфере газоснабжения (в том числе о государственном регулировании цен (тарифов) на территориях Донецкой Народной Республики, Луганской Народной Республики, Запорожской области и Херсонской области&quot;  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Постановление</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve"> Правительства РФ от 08.07.2023 N 1128.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:shd w:val="clear" w:fill="f4f3f8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="300" w:line-rule="auto"/>
+        <w:spacing w:before="300" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">9. Федеральный орган исполнительной власти в сфере государственного регулирования цен (тарифов) вправе в установленном порядке делегировать исполнительным органам субъектов Российской Федерации в области государственного регулирования цен (тарифов) полномочия по регулированию тарифов на услуги по транспортировке газа по газораспределительным сетям и размера платы за снабженческо-сбытовые услуги, оказываемые потребителям газа его поставщиками.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.05.2007 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId179" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId182" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 333</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.12.2013 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId180" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId183" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.11.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId181" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId184" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1442</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.11.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId182" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId185" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 2187</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10. Регулирование розничных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId183" w:tooltip="Приказ ФСТ России от 27.10.2011 N 252-э/2 (ред. от 10.12.2015) &quot;Об утверждении Методических указаний по регулированию розничных цен на газ, реализуемый населению&quot; (Зарегистрировано в Минюсте России 02.12.2011 N 22489)  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId186" w:tooltip="Приказ ФСТ России от 27.10.2011 N 252-э/2 (ред. от 10.12.2015) &quot;Об утверждении Методических указаний по регулированию розничных цен на газ, реализуемый населению&quot; (Зарегистрировано в Минюсте России 02.12.2011 N 22489)  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">цен</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> на газ, розничных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId184" w:tooltip="Приказ ФАС России от 07.08.2019 N 1072/19 (ред. от 25.02.2021) &quot;Об утверждении Методических указаний по регулированию розничных цен на сжиженный газ, реализуемый населению для бытовых нужд&quot; (Зарегистрировано в Минюсте России 11.11.2019 N 56479)  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId187" w:tooltip="Приказ ФАС России от 07.08.2019 N 1072/19 (ред. от 25.02.2021) &quot;Об утверждении Методических указаний по регулированию розничных цен на сжиженный газ, реализуемый населению для бытовых нужд&quot; (Зарегистрировано в Минюсте России 11.11.2019 N 56479)  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">цен</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> на сжиженный газ, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId185" w:tooltip="Приказ ФСТ России от 15.12.2009 N 411-э/7 (ред. от 06.12.2021) &quot;Об утверждении Методических указаний по регулированию тарифов на услуги по транспортировке газа по газораспределительным сетям&quot; (Зарегистрировано в Минюсте России 27.01.2010 N 16076)  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId188" w:tooltip="Приказ ФСТ России от 15.12.2009 N 411-э/7 (ред. от 06.12.2021) &quot;Об утверждении Методических указаний по регулированию тарифов на услуги по транспортировке газа по газораспределительным сетям&quot; (Зарегистрировано в Минюсте России 27.01.2010 N 16076)  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">тарифов</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> на услуги по транспортировке газа по газораспределительным сетям, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId186" w:tooltip="Приказ ФСТ России от 15.12.2009 N 412-э/8 (ред. от 03.04.2020) &quot;Об утверждении Методических указаний по регулированию размера платы за снабженческо-сбытовые услуги, оказываемые конечным потребителям поставщиками газа&quot; (Зарегистрировано в Минюсте России 29.01.2010 N 16159)  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId189" w:tooltip="Приказ ФСТ России от 15.12.2009 N 412-э/8 (ред. от 03.04.2020) &quot;Об утверждении Методических указаний по регулированию размера платы за снабженческо-сбытовые услуги, оказываемые конечным потребителям поставщиками газа&quot; (Зарегистрировано в Минюсте России 29.01.2010 N 16159)  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">размера платы</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> за снабженческо-сбытовые услуги, оказываемые потребителям газа его поставщиками, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId187" w:tooltip="Приказ ФАС России от 16.08.2018 N 1151/18 (ред. от 25.05.2023) &quot;Об утверждении Методических указаний по расчету размера платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) размеров стандартизированных тарифных ставок, определяющих ее величину&quot; (Зарегистрировано в Минюсте России 05.12.2018 N 52888)  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId190" w:tooltip="Приказ ФАС России от 16.08.2018 N 1151/18 (ред. от 25.05.2023) &quot;Об утверждении Методических указаний по расчету размера платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) размеров стандартизированных тарифных ставок, определяющих ее величину&quot; (Зарегистрировано в Минюсте России 05.12.2018 N 52888)  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">платы</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) стандартизированных тарифных ставок, определяющих ее величину, осуществляется в соответствии с методическими указаниями, утверждаемыми федеральным органом исполнительной власти в сфере государственного регулирования цен (тарифов) по согласованию с Министерством экономического развития Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.05.2007 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId188" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId191" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 333</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.12.2013 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId189" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId192" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.11.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId190" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId193" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1442</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Регулирование размера платы за технологическое присоединение к магистральным газопроводам осуществляется в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId191" w:tooltip="Приказ ФАС России от 01.11.2021 N 1198а/21 &quot;Об утверждении Методических указаний по расчету размера платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводов до объектов капитального строительства, и газопроводов, предназначенных для транспортировки газа от месторождений природного газа до магистрального газопровода&quot; (Зарегистрировано в Минюсте России 23.12.2021 N 66516)  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId194" w:tooltip="Приказ ФАС России от 01.11.2021 N 1198а/21 &quot;Об утверждении Методических указаний по расчету размера платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводов до объектов капитального строительства, и газопроводов, предназначенных для транспортировки газа от месторождений природного газа до магистрального газопровода&quot; (Зарегистрировано в Минюсте России 23.12.2021 N 66516)  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">методическими указаниями</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> по расчету размера платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводов до объектов капитального строительства, и газопроводов, предназначенных для транспортировки газа от месторождений природного газа до магистрального газопровода, утверждаемыми федеральным органом исполнительной власти в сфере государственного регулирования цен (тарифов).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId192" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId195" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 01.11.2021 N 1899)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
@@ -6499,2015 +6552,2070 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">11. Государственное регулирование цен на газ, включая розничные цены на газ и розничные цены на сжиженный газ, размера платы за снабженческо-сбытовые услуги, оказываемые потребителям газа его поставщиками, и тарифов на услуги по его транспортировке, а также платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) стандартизированных тарифных ставок, определяющих ее величину, и платы за технологическое присоединение к магистральным газопроводам осуществляется путем установления фиксированных цен (тарифов) или их предельных уровней исходя из:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 16.04.2012 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId193" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газотранспортной системе публичного акционерного общества &quot;Газпром&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId196" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газотранспортной системе публичного акционерного общества &quot;Газпром&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 323</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.12.2013 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId194" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId197" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 15.04.2014 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId195" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 342 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам ценообразования на газ и подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId198" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 342 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам ценообразования на газ и подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 342</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 19.06.2014 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId196" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId199" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 566</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.11.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId197" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId200" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1442</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 01.11.2021 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId198" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId201" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1899</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">а) возмещения организациям, осуществляющим регулируемые виды деятельности, экономически обоснованных затрат, связанных с добычей, транспортировкой, переработкой, хранением, распределением и поставкой (реализацией) газа (при регулировании оптовых цен), а также возмещения экономически обоснованных затрат, связанных с транспортировкой и распределением газа (при регулировании тарифов);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">б) установления для организаций, осуществляющих регулируемые виды деятельности, обоснованной нормы прибыли на капитал, используемый в регулируемых видах деятельности (до разработки методики определения размера основных средств, иных материальных и финансовых активов, используемых в регулируемых видах деятельности, учитывается размер прибыли, необходимой для обеспечения указанных организаций средствами на обслуживание привлеченного капитала, развитие производства и финансирование других обоснованных расходов);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">в) удовлетворения платежеспособного спроса на газ, достижения баланса экономических интересов покупателей и поставщиков газа;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">г) учета в структуре регулируемых цен (тарифов) всех налогов и иных обязательных платежей в соответствии с законодательством Российской Федерации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">д) учета разницы в стоимости услуг по транспортировке и поставке (реализации) газа различным группам потребителей и в различные районы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">е) развития внутриотраслевой (в сфере поставок газа) и межотраслевой (между замещающими видами топлива) конкуренции, а также применения метода сравнения уровня оптовой цены на газ с уровнем цен на газ на внешних рынках;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId199" w:tooltip="Постановление Правительства РФ от 31.12.2010 N 1205 (ред. от 24.11.2023) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId202" w:tooltip="Постановление Правительства РФ от 31.12.2010 N 1205 (ред. от 24.11.2023) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 31.12.2010 N 1205)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ж) возмещения газораспределительным организациям экономически обоснованных затрат, связанных с оказанием услуг по технологическому присоединению к газораспределительным сетям;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "ж" введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId200" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId203" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">з) возмещения газотранспортным организациям экономически и технологически обоснованных расходов на выполнение мероприятий по технологическому присоединению к магистральным газопроводам.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "з" введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId201" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId204" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 01.11.2021 N 1899)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">11(1). Абзац утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId202" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId205" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 24.11.2023 N 1979.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Регулирование цен на газ (тарифов на услуги по его транспортировке) для потребителей, поставка газа которым стала возможной благодаря созданию новых региональных систем газоснабжения, магистральных газопроводов и газораспределительных сетей, а также благодаря развитию, реконструкции, расширению, модернизации существующих магистральных газопроводов и газораспределительных сетей в целях расширения их пропускной способности, осуществляется исходя из необходимости обеспечения согласованных с федеральным органом исполнительной власти в сфере государственного регулирования цен (тарифов) срока окупаемости инвестиционного проекта строительства новых объектов инфраструктуры и уровня доходности на вложенный капитал. При расчете регулируемых цен (тарифов) в этом случае учитываются прогнозный уровень загрузки газопроводов, степень технологического обособления новых объектов от действующей инфраструктуры, а также подтвержденный платежеспособный спрос на газ его потребителей. После окончания указанного срока окупаемости инвестиционного проекта расчет цен (тарифов) производится в общем порядке.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId203" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId206" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 11(1) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId204" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId207" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">11(2). При установлении регулируемых цен (тарифов) на газ может применяться метод индексации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">При применении метода индексации цены (тарифы) на газ умножаются на величину индекса изменения цен (тарифов), определяемого регулирующим органом с учетом параметров, установленных прогнозом социально-экономического развития Российской Федерации на соответствующий год.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId205" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId208" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 24.11.2023 N 1979)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 11(2) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId206" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId209" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 18.08.2011 N 685)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">12. Расчет регулируемых цен (тарифов) осуществляется на основании методических указаний, утверждаемых федеральным органом исполнительной власти в сфере государственного регулирования цен (тарифов) по согласованию с Министерством экономического развития Российской Федерации, раздельно по каждой организации, осуществляющей регулируемые виды деятельности, исходя из раздельного учета продукции (услуг) и затрат на ее производство.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.05.2007 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId207" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId210" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 333</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.11.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId208" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId211" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1442</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">13. Исходными данными для расчета регулируемых цен (тарифов) являются:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">расчетный объем продукции (услуг) на период регулирования, определяемый исходя из утверждаемого в установленном порядке баланса добычи и реализации газа в Российской Федерации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">расчетный суммарный объем выручки (за период регулирования), требуемый для компенсации экономически обоснованных затрат, относимых на себестоимость продукции (работ, услуг), и обеспечения организаций, осуществляющих регулируемые виды деятельности, прибылью, необходимой для их самофинансирования, а также средствами для уплаты всех налогов и иных обязательных платежей в соответствии с законодательством Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">13(1). Не допускается включение в состав экономически обоснованных затрат организаций, осуществляющих регулируемый вид деятельности, расходов потребителей коммунальных услуг на платежные услуги, оказываемые банками и иными организациями в соответствии с законодательством Российской Федерации, при внесении такими потребителями платы за коммунальные услуги.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 13(1) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId209" w:tooltip="Постановление Правительства РФ от 05.09.2019 N 1164 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId212" w:tooltip="Постановление Правительства РФ от 05.09.2019 N 1164 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 05.09.2019 N 1164)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">14. При рассмотрении экономических обоснований затрат и прибыли регулирующие органы принимают во внимание:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">а) прогнозируемые цены (тарифы) на продукцию (услуги), потребляемую организациями, осуществляющими регулируемые виды деятельности, а также налоги и иные обязательные платежи в соответствии с законодательством Российской Федерации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">б) прогнозируемую прибыль от поставок газа на экспорт;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">в) размер прибыли, необходимой для обеспечения указанных организаций средствами на обслуживание заемного капитала, развитие производства, выплату дивидендов и другие обоснованные расходы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">г) планы капитальных вложений указанных организаций и источники их финансирования с целью учета в структуре цен (тарифов) затрат на привлечение заимствований и других источников финансирования инвестиций, а также отчеты по использованию инвестиционных средств за предыдущие периоды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">д) динамику затрат и прибыли в предыдущий период регулирования, а также показатели инфляции за истекший период.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="258" w:name="P258"/>
-[...4 lines deleted...]
-        <w:spacing w:before="240" w:line-rule="auto"/>
+    <w:bookmarkStart w:id="260" w:name="P260"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">14(1). При определении экономически обоснованных затрат регулирующие органы используют (в порядке очередности, если какой-либо из видов цен не может быть применен по причине отсутствия информации о таких ценах):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">установленные на очередной период регулирования цены (тарифы) в случае, если цены (тарифы) на соответствующие товары (услуги) подлежат государственному регулированию;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">расходы (цены), установленные в договорах, заключенных в результате проведения торгов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">рыночные цены, сложившиеся на организованных торговых площадках, в том числе биржах, функционирующих на территории Российской Федерации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">рыночные цены, предоставляемые организациями, осуществляющими сбор информации о рыночных ценах, разработку и внедрение специализированных программных средств для исследования рыночных цен, подготовку периодических информационных и аналитических отчетов о рыночных ценах.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">При отсутствии указанных данных экономически обоснованные затраты определяются с использованием официальной статистической информации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 14(1) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId210" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId213" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">15. Цены на газ, тарифы на услуги по транспортировке газа по газораспределительным сетям, специальные надбавки к тарифам на услуги по транспортировке газа по газораспределительным сетям, предназначенные для финансирования программ газификации, и размер платы за снабженческо-сбытовые услуги, оказываемые потребителям газа его поставщиками, могут дифференцироваться по группам потребителей в зависимости от присоединения последних к сетям различного давления, ценовых поясов, сезонности, времени заключения и сроков действия договоров поставки газа, режимов отбора газа, объемов его потребления и других факторов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.05.2007 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId211" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId214" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 333</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 27.11.2010 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId212" w:tooltip="Постановление Правительства РФ от 27.11.2010 N 943 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId215" w:tooltip="Постановление Правительства РФ от 27.11.2010 N 943 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 943</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 16.04.2012 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId213" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газотранспортной системе публичного акционерного общества &quot;Газпром&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId216" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газотранспортной системе публичного акционерного общества &quot;Газпром&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 323</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.12.2013 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId214" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId217" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 19.06.2014 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId215" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId218" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 566</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.11.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId216" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId219" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1442</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="267" w:name="P267"/>
-[...4 lines deleted...]
-        <w:spacing w:before="240" w:line-rule="auto"/>
+    <w:bookmarkStart w:id="269" w:name="P269"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">15(1). Оптовые цены на газ, добываемый публичным акционерным обществом "Газпром" и его аффилированными лицами (за исключением оптовых цен на природный газ, реализуемый на организованных торгах), на выходе из системы магистрального газопроводного транспорта определяются по соглашению сторон при заключении договоров поставки газа (в том числе долгосрочных), включая случаи его перепродажи, в диапазоне между предельными максимальным и минимальным уровнями оптовых цен с учетом особенностей, определяемых федеральным органом исполнительной власти в сфере государственного регулирования цен (тарифов) для следующих групп потребителей (за исключением населения):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId217" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId220" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">а) потребители газа, впервые заключившие договоры поставки газа с началом поставки после 1 июля 2007 г. (кроме организаций, создаваемых в результате реорганизации организаций, ранее покупавших газ, добываемый открытым акционерным обществом "Газпром" и его аффилированными лицами, или организаций, которые приобрели (в том числе в порядке правопреемства) газопотребляющее оборудование, ранее обеспечивавшееся газом, добываемым открытым акционерным обществом "Газпром" и его аффилированными лицами);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId218" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId221" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">б) потребители газа, приобретающие газ сверх объемов, зафиксированных в договорах поставки газа на 2007 год (без учета дополнительных объемов газа, предусмотренных дополнительными соглашениями к указанным договорам);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId219" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId222" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">в) утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId220" w:tooltip="Постановление Правительства РФ от 31.12.2010 N 1205 (ред. от 24.11.2023) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId223" w:tooltip="Постановление Правительства РФ от 31.12.2010 N 1205 (ред. от 24.11.2023) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 31.12.2010 N 1205.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Абзац утратил силу с 1 июля 2025 года. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId221" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId224" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 15(1) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId222" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId225" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">15(1.1). Утратил силу с 1 июля 2025 года. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId223" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId226" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="277" w:name="P277"/>
-[...4 lines deleted...]
-        <w:spacing w:before="240" w:line-rule="auto"/>
+    <w:bookmarkStart w:id="279" w:name="P279"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">15(2). В качестве предельного минимального уровня оптовых цен на газ для потребителей, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P267" w:tooltip="15(1). Оптовые цены на газ, добываемый публичным акционерным обществом &quot;Газпром&quot; и его аффилированными лицами (за исключением оптовых цен на природный газ, реализуемый на организованных торгах), на выходе из системы магистрального газопроводного транспорта определяются по соглашению сторон при заключении договоров поставки газа (в том числе долгосрочных), включая случаи его перепродажи, в диапазоне между предельными максимальным и минимальным уровнями оптовых цен с учетом особенностей, определяемых федер...">
+      <w:hyperlink w:history="0" w:anchor="P269" w:tooltip="15(1). Оптовые цены на газ, добываемый публичным акционерным обществом &quot;Газпром&quot; и его аффилированными лицами (за исключением оптовых цен на природный газ, реализуемый на организованных торгах), на выходе из системы магистрального газопроводного транспорта определяются по соглашению сторон при заключении договоров поставки газа (в том числе долгосрочных), включая случаи его перепродажи, в диапазоне между предельными максимальным и минимальным уровнями оптовых цен с учетом особенностей, определяемых федер...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 15(1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений, используются регулируемые оптовые цены на газ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В качестве предельного максимального уровня оптовых цен на газ для потребителей, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P267" w:tooltip="15(1). Оптовые цены на газ, добываемый публичным акционерным обществом &quot;Газпром&quot; и его аффилированными лицами (за исключением оптовых цен на природный газ, реализуемый на организованных торгах), на выходе из системы магистрального газопроводного транспорта определяются по соглашению сторон при заключении договоров поставки газа (в том числе долгосрочных), включая случаи его перепродажи, в диапазоне между предельными максимальным и минимальным уровнями оптовых цен с учетом особенностей, определяемых федер...">
+      <w:hyperlink w:history="0" w:anchor="P269" w:tooltip="15(1). Оптовые цены на газ, добываемый публичным акционерным обществом &quot;Газпром&quot; и его аффилированными лицами (за исключением оптовых цен на природный газ, реализуемый на организованных торгах), на выходе из системы магистрального газопроводного транспорта определяются по соглашению сторон при заключении договоров поставки газа (в том числе долгосрочных), включая случаи его перепродажи, в диапазоне между предельными максимальным и минимальным уровнями оптовых цен с учетом особенностей, определяемых федер...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 15(1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений, используются регулируемые оптовые цены на газ, увеличенные на 1,8 процента.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 15(2) в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId224" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId227" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">15(3). Поставщики реализуют газ, добываемый публичным акционерным обществом "Газпром" и его аффилированными лицами, по оптовым ценам, определяемым по соглашению сторон в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P267" w:tooltip="15(1). Оптовые цены на газ, добываемый публичным акционерным обществом &quot;Газпром&quot; и его аффилированными лицами (за исключением оптовых цен на природный газ, реализуемый на организованных торгах), на выходе из системы магистрального газопроводного транспорта определяются по соглашению сторон при заключении договоров поставки газа (в том числе долгосрочных), включая случаи его перепродажи, в диапазоне между предельными максимальным и минимальным уровнями оптовых цен с учетом особенностей, определяемых федер...">
+      <w:hyperlink w:history="0" w:anchor="P269" w:tooltip="15(1). Оптовые цены на газ, добываемый публичным акционерным обществом &quot;Газпром&quot; и его аффилированными лицами (за исключением оптовых цен на природный газ, реализуемый на организованных торгах), на выходе из системы магистрального газопроводного транспорта определяются по соглашению сторон при заключении договоров поставки газа (в том числе долгосрочных), включая случаи его перепродажи, в диапазоне между предельными максимальным и минимальным уровнями оптовых цен с учетом особенностей, определяемых федер...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 15(1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P277" w:tooltip="15(2). В качестве предельного минимального уровня оптовых цен на газ для потребителей, предусмотренных пунктом 15(1) настоящих Основных положений, используются регулируемые оптовые цены на газ.">
+      <w:hyperlink w:history="0" w:anchor="P279" w:tooltip="15(2). В качестве предельного минимального уровня оптовых цен на газ для потребителей, предусмотренных пунктом 15(1) настоящих Основных положений, используются регулируемые оптовые цены на газ.">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">15(2)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений, при условии обеспечения ежегодного выполнения обязательств по договорам поставки этого газа в объемах, зафиксированных в договорах поставки газа на 2007 год (без учета дополнительных объемов газа, предусмотренных дополнительными соглашениями к указанным договорам).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 15(3) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId225" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId228" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333; в ред. Постановлений Правительства РФ от 30.11.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId226" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId229" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1442</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 24.11.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId227" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId230" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1979</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.12.2024 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId228" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId231" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1761</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">15(4). При определении тарифов на услуги по транспортировке газа по газораспределительным сетям для категории потребителей, относящихся к категории "население", в соответствии с методическими указаниями по регулированию тарифов на услуги по транспортировке газа по газораспределительным сетям, утвержденными федеральным органом исполнительной власти в области государственного регулирования тарифов по согласованию с Министерством экономического развития Российской Федерации, учитываются расходы, связанные:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">с эксплуатацией приемных емкостей, используемых для хранения и регазификации сжиженного природного газа, технологически связанных с газораспределительными сетями и принадлежащих на праве собственности или на ином законном основании организациям, оказывающим услуги по транспортировке газа по газораспределительным сетям;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">с осуществлением аварийно-диспетчерского обеспечения внутридомового и внутриквартирного газового оборудования в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId229" w:tooltip="Постановление Правительства РФ от 14.05.2013 N 410 (ред. от 29.05.2023) &quot;О мерах по обеспечению безопасности при использовании и содержании внутридомового и внутриквартирного газового оборудования&quot; (вместе с &quot;Правилами пользования газом в части обеспечения безопасности при использовании и содержании внутридомового и внутриквартирного газового оборудования при предоставлении коммунальной услуги по газоснабжению&quot;)  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId232" w:tooltip="Постановление Правительства РФ от 14.05.2013 N 410 (ред. от 29.05.2023) &quot;О мерах по обеспечению безопасности при использовании и содержании внутридомового и внутриквартирного газового оборудования&quot; (вместе с &quot;Правилами пользования газом в части обеспечения безопасности при использовании и содержании внутридомового и внутриквартирного газового оборудования при предоставлении коммунальной услуги по газоснабжению&quot;)  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Правилами</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> пользования газом в части обеспечения безопасности при использовании и содержании внутридомового и внутриквартирного газового оборудования при предоставлении коммунальной услуги по газоснабжению, утвержденными постановлением Правительства Российской Федерации от 14 мая 2013 г. N 410 "О мерах по обеспечению безопасности при использовании и содержании внутридомового и внутриквартирного газового оборудования".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 15(4) в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId230" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId233" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 01.11.2021 N 1899)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">15(5). Тарифы на услуги по транспортировке газа по газораспределительным сетям утверждаются на срок не менее 3 и не более 5 лет. Тарифы могут устанавливаться с календарной разбивкой.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">При осуществлении пересмотра тарифов на услуги по транспортировке газа по газораспределительным сетям, установленных на срок не менее 3 и не более 5 лет, в течение срока их действия тарифы устанавливаются начиная со срока пересмотра на срок не менее 3 и не более 5 лет.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае заключения соглашения об условиях осуществления регулируемых видов деятельности в области газоснабжения (регуляторного контракта) тарифы на услуги по транспортировке газа по газораспределительным сетям утверждаются на срок не менее 3 и не более 10 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" dor:id="rId234" w:tooltip="Постановление Правительства РФ от 30.08.2025 N 1330 &quot;О соглашениях об условиях осуществления регулируемых видов деятельности в области газоснабжения&quot; (вместе с &quot;Правилами заключения, изменения, прекращения и расторжения соглашений об условиях осуществления регулируемых видов деятельности в области газоснабжения (регуляторных контрактов), а также контроля за исполнением регуляторных контрактов&quot;)  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 30.08.2025 N 1330)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 15(5) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId231" w:tooltip="Постановление Правительства РФ от 13.11.2013 N 1018 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId235" w:tooltip="Постановление Правительства РФ от 13.11.2013 N 1018 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 13.11.2013 N 1018)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">15(6). При определении тарифов на услуги по транспортировке газа по газораспределительным сетям учитываются отклонения фактического значения обобщенного показателя уровня надежности и качества услуг по транспортировке газа по газораспределительным сетям от его планового значения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 15(6) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId232" w:tooltip="Постановление Правительства РФ от 18.10.2014 N 1074 (ред. от 04.09.2015) &quot;О порядке определения показателей надежности и качества услуг по транспортировке газа по газораспределительным сетям и о внесении изменения в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot; (вместе с &quot;Правилами определения показателей надежности и качества услуг по транспортировке газа по газораспределительным сетям&quot;)  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId236" w:tooltip="Постановление Правительства РФ от 18.10.2014 N 1074 (ред. от 04.09.2015) &quot;О порядке определения показателей надежности и качества услуг по транспортировке газа по газораспределительным сетям и о внесении изменения в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot; (вместе с &quot;Правилами определения показателей надежности и качества услуг по транспортировке газа по газораспределительным сетям&quot;)  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 18.10.2014 N 1074)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">15(7). В случае передачи регулируемой организации в аренду или лизинг объектов инженерно-технического обеспечения, выкупленных (предназначенных к выкупу) специализированными обществами проектного финансирования в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId233" w:tooltip="Постановление Правительства РФ от 05.05.2014 N 404 (ред. от 10.02.2017) &quot;О некоторых вопросах реализации программы &quot;Жилье для российской семьи&quot; в рамках государственной программы Российской Федерации &quot;Обеспечение доступным и комфортным жильем и коммунальными услугами граждан Российской Федерации&quot; (вместе с &quot;Основными условиями и мерами реализации программы &quot;Жилье для российской семьи&quot; в рамках государственной программы Российской Федерации &quot;Обеспечение доступным и комфортным жильем и коммунальными услугами   {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId237" w:tooltip="Постановление Правительства РФ от 05.05.2014 N 404 (ред. от 10.02.2017) &quot;О некоторых вопросах реализации программы &quot;Жилье для российской семьи&quot; в рамках государственной программы Российской Федерации &quot;Обеспечение доступным и комфортным жильем и коммунальными услугами граждан Российской Федерации&quot; (вместе с &quot;Основными условиями и мерами реализации программы &quot;Жилье для российской семьи&quot; в рамках государственной программы Российской Федерации &quot;Обеспечение доступным и комфортным жильем и коммунальными услугами   {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">основными условиями</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и мерами реализации программы "Жилье для российской семьи" в рамках государственной </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId234" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 323 (ред. от 17.08.2017) &quot;Об утверждении государственной программы Российской Федерации &quot;Обеспечение доступным и комфортным жильем и коммунальными услугами граждан Российской Федерации&quot;  ------------ Утратил силу или отменен  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId238" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 323 (ред. от 17.08.2017) &quot;Об утверждении государственной программы Российской Федерации &quot;Обеспечение доступным и комфортным жильем и коммунальными услугами граждан Российской Федерации&quot;  ------------ Утратил силу или отменен  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">программы</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Российской Федерации "Обеспечение доступным и комфортным жильем и коммунальными услугами граждан Российской Федерации", утвержденными постановлением Правительства Российской Федерации от 5 мая 2014 г. N 404 "О некоторых вопросах реализации программы "Жилье для российской семьи" в рамках государственной программы Российской Федерации "Обеспечение доступным и комфортным жильем и коммунальными услугами граждан Российской Федерации", размер арендной платы или лизингового платежа, учитываемый при установлении цен (тарифов), определяется равным величине, установленной в договоре аренды или лизинговом соглашении.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Расходы на амортизацию основных средств при установлении цен (тарифов) определяются на уровне, равном сумме отношений стоимости амортизируемых активов к сроку полезного использования таких активов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId235" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId239" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">При расчете экономически обоснованного размера амортизации срок полезного использования основных средств определяется регулирующим органом исходя из максимальных сроков полезного использования. Срок полезного использования указанных основных средств принимается регулирующим органом исходя из данных проектной документации основных средств и бухгалтерского учета, но не ниже минимального срока полезного использования, предусмотренного </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId236" w:tooltip="Постановление Правительства РФ от 01.01.2002 N 1 (ред. от 18.11.2022) &quot;О Классификации основных средств, включаемых в амортизационные группы&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId240" w:tooltip="Постановление Правительства РФ от 01.01.2002 N 1 (ред. от 18.11.2022) &quot;О Классификации основных средств, включаемых в амортизационные группы&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Классификацией</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> основных средств, включаемых в амортизационные группы, утвержденной постановлением Правительства Российской Федерации от 1 января 2002 г. N 1 "О Классификации основных средств, включаемых в амортизационные группы", в отношении соответствующей амортизационной группы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId237" w:tooltip="Постановление Правительства РФ от 26.06.2025 N 963 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId241" w:tooltip="Постановление Правительства РФ от 26.06.2025 N 963 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 26.06.2025 N 963)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Расходы на аренду зданий, помещений, транспорта и земельных участков определяются регулирующим органом в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P258" w:tooltip="14(1). При определении экономически обоснованных затрат регулирующие органы используют (в порядке очередности, если какой-либо из видов цен не может быть применен по причине отсутствия информации о таких ценах):">
+      <w:hyperlink w:history="0" w:anchor="P260" w:tooltip="14(1). При определении экономически обоснованных затрат регулирующие органы используют (в порядке очередности, если какой-либо из видов цен не может быть применен по причине отсутствия информации о таких ценах):">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 14(1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId238" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId242" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Расходы на аренду основных средств производственного назначения, которые участвуют в процессе поставки и транспортировки газа, определяются регулирующим органом исходя из величины амортизации, налога на имущество организаций и других установленных законодательством Российской Федерации обязательных платежей, связанных с владением имуществом, переданным в аренду.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId239" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId243" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 15(7) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId240" w:tooltip="Постановление Правительства РФ от 03.12.2014 N 1305 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId244" w:tooltip="Постановление Правительства РФ от 03.12.2014 N 1305 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 03.12.2014 N 1305)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...21 lines deleted...]
-      <w:hyperlink w:history="0" dor:id="rId241" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15(8). При определении тарифов на услуги по транспортировке газа по газораспределительным сетям учитываются инвестиционные расходы газораспределительной организации, необходимые для реализации включенных в межрегиональные или региональные программы газификации жилищно-коммунального хозяйства, промышленных и иных организаций в соответствии с соглашением об условиях осуществления регулируемых видов деятельности в области газоснабжения (регуляторным контрактом) мероприятий, связанных со строительством и (или) с реконструкцией газораспределительных сетей и их объектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Неисполнение газораспределительной организацией обязательств, предусмотренных указанным соглашением, является основанием для пересмотра тарифов на услуги по транспортировке газа по газораспределительным сетям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 15(8) в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" dor:id="rId245" w:tooltip="Постановление Правительства РФ от 30.08.2025 N 1330 &quot;О соглашениях об условиях осуществления регулируемых видов деятельности в области газоснабжения&quot; (вместе с &quot;Правилами заключения, изменения, прекращения и расторжения соглашений об условиях осуществления регулируемых видов деятельности в области газоснабжения (регуляторных контрактов), а также контроля за исполнением регуляторных контрактов&quot;)  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 30.08.2025 N 1330)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15(9). Поставка газа, а также услуги по его транспортировке по газораспределительным сетям на территории Российской Федерации для потребителей, использующих природный газ для обеспечения постоянного горения Вечного огня и периодического горения Огня памяти на воинских захоронениях и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" dor:id="rId246" w:tooltip="Приказ Министра обороны РФ от 06.02.2019 N 56 &quot;Об установлении Порядка организации централизованного учета мемориальных сооружений, находящихся вне воинских захоронений и содержащих Вечный огонь или Огонь памяти, и Порядка периодичности горения Огня памяти&quot; (Зарегистрировано в Минюсте России 06.03.2019 N 53975)  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">мемориальных сооружениях</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, находящихся вне воинских захоронений, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">реестре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ведение которого осуществляет Министерство обороны Российской Федерации, осуществляется без взимания с них средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 15(9) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" dor:id="rId247" w:tooltip="Постановление Правительства РФ от 07.05.2022 N 826 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводо  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства РФ от 13.09.2021 N 1549)</w:t>
-[...66 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.05.2022 N 826)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">15(10). При определении экономически обоснованных затрат организаций, оказывающих снабженческо-сбытовые услуги, в составе прочих расходов учитываются расходы на формирование резервов по сомнительным долгам. Возврат сомнительных долгов, для погашения которых был создан резерв, включенный в регулируемую цену (тариф) в предшествующий период регулирования, признается доходом и учитывается с учетом уплаты налога на прибыль в составе прочих доходов в следующем периоде регулирования.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">При отсутствии резерва по сомнительным долгам в составе прочих расходов могут быть учтены расходы по списанию дебиторской задолженности за поставленный природный газ, признанной безнадежной к взысканию в предыдущие периоды регулирования, при условии их документального подтверждения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">При расчете размера платы за снабженческо-сбытовые услуги, оказываемые поставщиками газа его потребителям, расходы на создание резерва по сомнительным долгам, а в случае отсутствия такого резерва расходы по списанию дебиторской задолженности за поставленный природный газ учитываются в размере, не превышающем 1 процент фактической выручки от реализации природного газа по регулируемым ценам за последний отчетный год.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 15(10) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId244" w:tooltip="Постановление Правительства РФ от 26.10.2022 N 1910 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопровод  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId248" w:tooltip="Постановление Правительства РФ от 26.10.2022 N 1910 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопровод  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 26.10.2022 N 1910)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -8542,569 +8650,569 @@
       <w:pPr>
         <w:pStyle w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">16. Государственное регулирование цен (тарифов) осуществляется в установленном порядке на основании заявлений организаций, осуществляющих регулируемые виды деятельности, и по инициативе регулирующих органов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В отношении организации, которая в порядке универсального правопреемства приобретает в полном объеме в текущем периоде регулирования права и обязанности организации, осуществляющей регулируемые виды деятельности, применяется тариф (цена, плата, надбавка), установленный для реорганизованной организации, до утверждения для организации - правопреемника тарифа (цены, платы, надбавки) в установленном порядке.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId245" w:tooltip="Постановление Правительства РФ от 24.11.2011 N 972 &quot;О внесении изменения в пункт 16 Основных положений формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId249" w:tooltip="Постановление Правительства РФ от 24.11.2011 N 972 &quot;О внесении изменения в пункт 16 Основных положений формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 24.11.2011 N 972)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае прекращения организацией регулируемого вида деятельности по транспортировке газа по магистральным газопроводам и (или) газораспределительным сетям и перехода от такой организации к другой организации права собственности или иного предусмотренного законом права на указанные магистральные газопроводы и (или) газораспределительные сети, расположенные в субъектах Российской Федерации - городах федерального значения Москва, Санкт-Петербург и Севастополь, а также в субъектах Российской Федерации, по магистральным газопроводам и (или) газораспределительным сетям которых транспортировку газа осуществляет организация, которая также осуществляет транспортировку газа по магистральным газопроводам и (или) газораспределительным сетям, расположенным в указанных городах, и которой перешло право собственности или иное предусмотренное законом право на указанные магистральные газопроводы и (или) газораспределительные сети, до 1 января 2028 г. применяются регулируемые цены (тарифы), установленные на дату перехода права собственности или иного предусмотренного законом права на указанные магистральные газопроводы и (или) газораспределительные сети для организации, осуществлявшей регулируемый вид деятельности с использованием таких магистральных газопроводов и (или) газораспределительных сетей.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId246" w:tooltip="Постановление Правительства РФ от 26.06.2025 N 963 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId250" w:tooltip="Постановление Правительства РФ от 26.06.2025 N 963 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 26.06.2025 N 963)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">17. Организация, осуществляющая регулируемые виды деятельности, представляет в регулирующий орган заявление об установлении (изменении) цен (тарифов) с приложением материалов, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P349" w:tooltip="24. К заявлению об установлении (изменении) цен (тарифов) прилагаются следующие материалы:">
+      <w:hyperlink w:history="0" w:anchor="P354" w:tooltip="24. К заявлению об установлении (изменении) цен (тарифов) прилагаются следующие материалы:">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 24</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений. Регулирующий орган регистрирует заявление в день его получения. При несоответствии заявления установленным требованиям регулирующий орган возвращает его на доработку в 7-дневный срок со дня получения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Абзацы второй - четвертый утратили силу с 1 марта 2023 года. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId247" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId251" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N 2187.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">17(1). Организация, оказывающая услуги по транспортировке газа по газораспределительным сетям, не позднее чем за 3 месяца до начала очередного периода регулирования направляет в исполнительный орган субъекта Российской Федерации в области государственного регулирования цен (тарифов) заявление о проведении оценки обоснованности предложений такой организации об установлении (изменении) цен (тарифов) с приложением материалов, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P349" w:tooltip="24. К заявлению об установлении (изменении) цен (тарифов) прилагаются следующие материалы:">
+      <w:hyperlink w:history="0" w:anchor="P354" w:tooltip="24. К заявлению об установлении (изменении) цен (тарифов) прилагаются следующие материалы:">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 24</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Исполнительный орган субъекта Российской Федерации в области государственного регулирования цен (тарифов) в течение 3 дней со дня регистрации указанного заявления уведомляет федеральный орган исполнительной власти в сфере государственного регулирования цен (тарифов) о поступлении указанного заявления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В месячный срок со дня регистрации указанного заявления исполнительный орган субъекта Российской Федерации в области государственного регулирования цен (тарифов) представляет в федеральный орган исполнительной власти в сфере государственного регулирования цен (тарифов) заключение об обоснованности предложений организации, осуществляющей услуги по транспортировке газа по газораспределительным сетям на территории соответствующего субъекта Российской Федерации, с направлением копии в организацию, направившую заявление.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Заключение исполнительного органа субъекта Российской Федерации в области государственного регулирования цен (тарифов) составляется в соответствии с типовой формой и формируется с применением федеральной государственной информационной системы "Единая информационно-аналитическая система "Федеральный орган регулирования - региональные органы регулирования - субъекты регулирования".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Типовая </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId248" w:tooltip="Приказ ФАС России от 19.03.2024 N 179/24 &quot;Об утверждении Типовой формы заключения исполнительного органа субъекта Российской Федерации в области государственного регулирования цен (тарифов) об обоснованности предложений организации, осуществляющей услуги по транспортировке газа по газораспределительным сетям&quot; (Зарегистрировано в Минюсте России 27.06.2024 N 78692)  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId252" w:tooltip="Приказ ФАС России от 19.03.2024 N 179/24 &quot;Об утверждении Типовой формы заключения исполнительного органа субъекта Российской Федерации в области государственного регулирования цен (тарифов) об обоснованности предложений организации, осуществляющей услуги по транспортировке газа по газораспределительным сетям&quot; (Зарегистрировано в Минюсте России 27.06.2024 N 78692)  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">форма</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> заключения исполнительного органа субъекта Российской Федерации в области государственного регулирования цен (тарифов) утверждается федеральным органом исполнительной власти в области государственного регулирования цен (тарифов).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Заключение исполнительного органа субъекта Российской Федерации в области государственного регулирования цен (тарифов) должно содержать:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">анализ документальной и экономической обоснованности предложений организации, оказывающей услуги по транспортировке газа по газораспределительным сетям об установлении (изменении) цен (тарифов);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">анализ финансово-хозяйственной деятельности организации, оказывающей услуги по транспортировке газа по газораспределительным сетям по регулируемому виду деятельности за предыдущие 3 года;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">анализ информации по основным производственным фондам организации, оказывающей услуги по транспортировке газа по газораспределительным сетям, используемым в регулируемом виде деятельности при реализации межрегиональных или региональных программ газификации жилищно-коммунального хозяйства, промышленных и иных организаций;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">оценку влияния предлагаемых к установлению (пересмотру) тарифов на услуги по транспортировке газа по газораспределительным сетям на изменение цен на газ для всех категорий потребителей организации, осуществляющей услуги по транспортировке газа по газораспределительным сетям на территории соответствующего субъекта Российской Федерации, и на изменение совокупной платы граждан за коммунальные услуги в среднем по субъекту Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В типовой форме заключения исполнительного органа субъекта Российской Федерации в области государственного регулирования цен (тарифов), утвержденной федеральным органом исполнительной власти в области государственного регулирования цен (тарифов), могут предусматриваться дополнительные требования к содержанию такого заключения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 17(1) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId249" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId253" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N 2187)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">18. При установлении (изменении) цен (тарифов) по инициативе регулирующих органов последние выдают организациям, осуществляющим регулируемые виды деятельности, предписание о представлении соответствующих предложений об установлении (изменении) цен (тарифов).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">19. Для предварительного рассмотрения представленных организациями, осуществляющими регулируемые виды деятельности, предложений об установлении (изменении) цен (тарифов) и подготовки проекта решения регулирующим органом назначается ответственный из числа членов правления и создается экспертная группа, заключение которой должно содержать:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">оценку достоверности данных, приведенных в предложениях об установлении (изменении) цен (тарифов);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">анализ указанных предложений исходя из всех факторов, принимаемых во внимание регулирующими органами при установлении (изменении) цен (тарифов) в соответствии с настоящими Основными положениями.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">20. Извещение о дате, времени и месте проведения заседания правления, а также материалы, подготовленные для его проведения (заявление об установлении (изменении) цен (тарифов) или копия решения о рассмотрении вопроса об установлении (изменении) цен (тарифов) по инициативе регулирующего органа, заключение экспертной группы, проект решения правления регулирующего органа), направляются членам правления и организациям, осуществляющим регулируемые виды деятельности, не позднее чем за 5 дней до его проведения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">21. Заседание правления регулирующего органа, на котором рассматриваются предложения по установлению (изменению) цен (тарифов), считается правомочным, если на нем присутствуют более половины членов правления. На заседание приглашается представитель (представители) организации, осуществляющей регулируемые виды деятельности.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае отсутствия представителя указанной организации заседание переносится по решению правления регулирующего органа на срок не более 10 дней. При повторной неявке представителя заседание может быть проведено в его отсутствие.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">22. Решение правления регулирующего органа об установлении (изменении) цен (тарифов) принимается большинством голосов присутствующих на заседании членов правления. При равенстве голосов голос председательствующего является решающим.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае если у членов правления регулирующего органа и представителя организации, осуществляющей регулируемые виды деятельности, имеется особое мнение, оно излагается в письменной форме и прилагается к протоколу заседания.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Решение об установлении (изменении) цен (тарифов) принимается правлением регулирующего органа в течение 30 рабочих дней со дня получения заявления об установлении (изменении) цен (тарифов) и материалов, прилагаемых к нему. По решению органа регулирования этот срок может быть продлен, но не более чем на 30 рабочих дней.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId250" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId254" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">23. Решение правления регулирующего органа направляется в организацию, осуществляющую регулируемые виды деятельности, в 5-дневный срок с даты его принятия.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:outlineLvl w:val="1"/>
         <w:jc w:val="center"/>
@@ -9128,969 +9236,969 @@
         <w:t xml:space="preserve">органы организациями, осуществляющими регулируемые</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">виды деятельности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="349" w:name="P349"/>
-[...142 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:id="354" w:name="P354"/>
     <w:bookmarkEnd w:id="354"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. К заявлению об установлении (изменении) цен (тарифов) прилагаются следующие материалы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="355" w:name="P355"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) расчет цен (тарифов), выполненный в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" dor:id="rId255" w:tooltip="Приказ ФСТ России от 15.12.2009 N 411-э/7 (ред. от 06.12.2021) &quot;Об утверждении Методических указаний по регулированию тарифов на услуги по транспортировке газа по газораспределительным сетям&quot; (Зарегистрировано в Минюсте России 27.01.2010 N 16076)  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">методическими указаниями</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, утвержденными федеральным органом исполнительной власти в области государственного регулирования тарифов по согласованию с Министерством экономического развития Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 30.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" dor:id="rId256" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1442</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 30.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" dor:id="rId257" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 2187</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) бухгалтерский баланс организации, осуществляющей регулируемые виды деятельности, на последнюю отчетную дату в случае его отсутствия в государственном информационном ресурсе бухгалтерской (финансовой) отчетности, предусмотренном </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" dor:id="rId258" w:tooltip="Федеральный закон от 06.12.2011 N 402-ФЗ (ред. от 26.12.2024) &quot;О бухгалтерском учете&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">статьей 18</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона "О бухгалтерском учете";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "б" в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" dor:id="rId259" w:tooltip="Постановление Правительства РФ от 24.11.2020 N 1907 (ред. от 27.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации в части отмены обязанности представлять годовую бухгалтерскую (финансовую) отчетность в государственные органы&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 24.11.2020 N 1907)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="359" w:name="P359"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">в) постатейное обоснование изменения размера затрат, относимых на себестоимость продукции (работ, услуг), исходя из раздельного учета продукции (услуг) и затрат на ее производство;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">г) обоснование необходимой прибыли;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="356" w:name="P356"/>
-[...4 lines deleted...]
-        <w:spacing w:before="240" w:line-rule="auto"/>
+    <w:bookmarkStart w:id="361" w:name="P361"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">д) планы капитальных вложений указанной организации на соответствующий период с целью учета в структуре цен (тарифов) затрат на привлечение заимствований и других источников финансирования инвестиций согласно этим планам, а также отчеты по использованию инвестиционных средств за предыдущие периоды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId256" w:tooltip="Постановление Правительства РФ от 13.11.2013 N 1018 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId260" w:tooltip="Постановление Правительства РФ от 13.11.2013 N 1018 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 13.11.2013 N 1018)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">е) сравнительные данные по статьям затрат и размеру балансовой прибыли за предыдущие три года;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ж) копии правоустанавливающих документов на основные средства, предназначенные для оказания услуг по транспортировке газа по газораспределительным сетям и (или) магистральным газопроводам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "ж" введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId257" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId261" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N 2187; в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId258" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId262" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 16.04.2024 N 484)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">з) схемы газопроводов с указанием их балансовой принадлежности и акты по разграничению эксплуатационной ответственности со смежными газораспределительными и (или) газотранспортными организациями;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "з" введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId259" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId263" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N 2187; в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId260" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId264" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 16.04.2024 N 484)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">и) копии лицензий на осуществление регулируемого вида деятельности (в случае, если такой вид деятельности подлежит лицензированию в соответствии с законодательством Российской Федерации).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "и" введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId261" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId265" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N 2187)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">24(1). К заявлению об установлении (изменении) оптовых цен на газ прилагаются следующие материалы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId262" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId266" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 24.11.2023 N 1979)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">а) расчет цен (тарифов), выполненный в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId263" w:tooltip="Приказ ФСТ России от 15.12.2009 N 411-э/7 (ред. от 06.12.2021) &quot;Об утверждении Методических указаний по регулированию тарифов на услуги по транспортировке газа по газораспределительным сетям&quot; (Зарегистрировано в Минюсте России 27.01.2010 N 16076)  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId267" w:tooltip="Приказ ФСТ России от 15.12.2009 N 411-э/7 (ред. от 06.12.2021) &quot;Об утверждении Методических указаний по регулированию тарифов на услуги по транспортировке газа по газораспределительным сетям&quot; (Зарегистрировано в Минюсте России 27.01.2010 N 16076)  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">методическими указаниями</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, утверждаемыми федеральным органом исполнительной власти в сфере государственного регулирования цен (тарифов);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">б) данные о плановых объемах поставки газа с разбивкой по ценовым поясам и группам потребителей, для которых оптовые цены устанавливаются дифференцированно;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">в) данные о плановой средней протяженности транспортировки газа по магистральным газопроводам от места добычи до места потребления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 24(1) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId264" w:tooltip="Постановление Правительства РФ от 31.12.2010 N 1205 (ред. от 24.11.2023) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId268" w:tooltip="Постановление Правительства РФ от 31.12.2010 N 1205 (ред. от 24.11.2023) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 31.12.2010 N 1205)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="371" w:name="P371"/>
-[...4 lines deleted...]
-        <w:spacing w:before="240" w:line-rule="auto"/>
+    <w:bookmarkStart w:id="376" w:name="P376"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">24(2). Материалы, представляемые организациями, оказывающими услуги по транспортировке газа по газораспределительным сетям, должны содержать расчеты (обоснования, планы), предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P350" w:tooltip="а) расчет цен (тарифов), выполненный в соответствии с методическими указаниями, утвержденными федеральным органом исполнительной власти в области государственного регулирования тарифов по согласованию с Министерством экономического развития Российской Федерации;">
+      <w:hyperlink w:history="0" w:anchor="P355" w:tooltip="а) расчет цен (тарифов), выполненный в соответствии с методическими указаниями, утвержденными федеральным органом исполнительной власти в области государственного регулирования тарифов по согласованию с Министерством экономического развития Российской Федерации;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктами "а"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P354" w:tooltip="в) постатейное обоснование изменения размера затрат, относимых на себестоимость продукции (работ, услуг), исходя из раздельного учета продукции (услуг) и затрат на ее производство;">
+      <w:hyperlink w:history="0" w:anchor="P359" w:tooltip="в) постатейное обоснование изменения размера затрат, относимых на себестоимость продукции (работ, услуг), исходя из раздельного учета продукции (услуг) и затрат на ее производство;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"в"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P356" w:tooltip="д) планы капитальных вложений указанной организации на соответствующий период с целью учета в структуре цен (тарифов) затрат на привлечение заимствований и других источников финансирования инвестиций согласно этим планам, а также отчеты по использованию инвестиционных средств за предыдущие периоды;">
+      <w:hyperlink w:history="0" w:anchor="P361" w:tooltip="д) планы капитальных вложений указанной организации на соответствующий период с целью учета в структуре цен (тарифов) затрат на привлечение заимствований и других источников финансирования инвестиций согласно этим планам, а также отчеты по использованию инвестиционных средств за предыдущие периоды;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"д" пункта 24</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений, на период не менее 3 и не более 5 лет с разбивкой по годам, а также копию заключения исполнительного органа власти субъекта Российской Федерации в области государственного регулирования тарифов об обоснованности предложений организации в отношении установления (изменения) цен (тарифов).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId265" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId269" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N 2187)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Заявление и материалы для установления (изменения) тарифов на услуги по транспортировке газа по газораспределительным сетям могут представляться в федеральный орган исполнительной власти в сфере государственного регулирования цен (тарифов) в электронной форме.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId266" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId270" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N 2187)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Расчет цен (тарифов), указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P166" w:tooltip="б) тарифы на услуги по транспортировке газа по магистральным газопроводам для независимых организаций;">
+      <w:hyperlink w:history="0" w:anchor="P168" w:tooltip="б) тарифы на услуги по транспортировке газа по магистральным газопроводам для независимых организаций;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктах "б"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P169" w:tooltip="д) размер платы за снабженческо-сбытовые услуги, оказываемые потребителям газа его поставщиками (при регулировании оптовых цен на газ);">
+      <w:hyperlink w:history="0" w:anchor="P171" w:tooltip="д) размер платы за снабженческо-сбытовые услуги, оказываемые потребителям газа его поставщиками (при регулировании оптовых цен на газ);">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"д" пункта 4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений, осуществляется по формам документов, размещенным на сайте </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId267">
+      <w:hyperlink w:history="0" dor:id="rId271">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">www.eias.ru</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> в информационно-телекоммуникационной сети "Интернет", подписанных усиленной квалифицированной электронной подписью в соответствии с требованиями Федерального </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId268" w:tooltip="Федеральный закон от 06.04.2011 N 63-ФЗ (ред. от 28.12.2024) &quot;Об электронной подписи&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId272" w:tooltip="Федеральный закон от 06.04.2011 N 63-ФЗ (ред. от 21.04.2025) &quot;Об электронной подписи&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">закона</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Об электронной подписи".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId269" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId273" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 24(2) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId270" w:tooltip="Постановление Правительства РФ от 13.11.2013 N 1018 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId274" w:tooltip="Постановление Правительства РФ от 13.11.2013 N 1018 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 13.11.2013 N 1018)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">24(3). Регулирующий орган получает годовой бухгалтерский баланс организации, осуществляющей регулируемые виды деятельности, из государственного информационного ресурса бухгалтерской (финансовой) отчетности с использованием единой системы межведомственного электронного взаимодействия.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 24(3) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId271" w:tooltip="Постановление Правительства РФ от 24.11.2020 N 1907 (ред. от 27.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации в части отмены обязанности представлять годовую бухгалтерскую (финансовую) отчетность в государственные органы&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId275" w:tooltip="Постановление Правительства РФ от 24.11.2020 N 1907 (ред. от 27.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации в части отмены обязанности представлять годовую бухгалтерскую (финансовую) отчетность в государственные органы&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 24.11.2020 N 1907)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">25. Формы представления организациями, осуществляющими регулируемые виды деятельности, материалов, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P349" w:tooltip="24. К заявлению об установлении (изменении) цен (тарифов) прилагаются следующие материалы:">
+      <w:hyperlink w:history="0" w:anchor="P354" w:tooltip="24. К заявлению об установлении (изменении) цен (тарифов) прилагаются следующие материалы:">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 24</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений, устанавливаются федеральным органом исполнительной власти в сфере государственного регулирования цен (тарифов) в соответствии с требованиями к составлению бухгалтерской, статистической и иной отчетности.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId272" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId276" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">26. Непредставление организациями, осуществляющими регулируемые виды деятельности, части материалов, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P349" w:tooltip="24. К заявлению об установлении (изменении) цен (тарифов) прилагаются следующие материалы:">
+      <w:hyperlink w:history="0" w:anchor="P354" w:tooltip="24. К заявлению об установлении (изменении) цен (тарифов) прилагаются следующие материалы:">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 24</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P371" w:tooltip="24(2). Материалы, представляемые организациями, оказывающими услуги по транспортировке газа по газораспределительным сетям, должны содержать расчеты (обоснования, планы), предусмотренные подпунктами &quot;а&quot;, &quot;в&quot; - &quot;д&quot; пункта 24 настоящих Основных положений, на период не менее 3 и не более 5 лет с разбивкой по годам, а также копию заключения исполнительного органа власти субъекта Российской Федерации в области государственного регулирования тарифов об обоснованности предложений организации в отношении установ...">
+      <w:hyperlink w:history="0" w:anchor="P376" w:tooltip="24(2). Материалы, представляемые организациями, оказывающими услуги по транспортировке газа по газораспределительным сетям, должны содержать расчеты (обоснования, планы), предусмотренные подпунктами &quot;а&quot;, &quot;в&quot; - &quot;д&quot; пункта 24 настоящих Основных положений, на период не менее 3 и не более 5 лет с разбивкой по годам, а также копию заключения исполнительного органа власти субъекта Российской Федерации в области государственного регулирования тарифов об обоснованности предложений организации в отношении установ...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">24(2)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений, является основанием для отказа в рассмотрении предложения об установлении (изменении) цен (тарифов) до представления всех материалов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 26 в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId273" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId277" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
@@ -10212,51 +10320,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:shd w:val="clear" w:fill="f4f3f8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
-        <w:spacing w:before="300" w:line-rule="auto"/>
+        <w:spacing w:before="300" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">VI.1. Государственный контроль</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">в области регулирования тарифов на услуги</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
@@ -10271,51 +10379,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">26(1) - 26(17). Утратили силу с 1 марта 2014 года. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId274" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId278" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
@@ -10356,1980 +10464,1980 @@
         <w:t xml:space="preserve">к газораспределительным сетям</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId275" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 30.11.2021) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId279" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">26(18). При определении платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям учитываются средства для компенсации расходов газораспределительной организации на строительство объектов газораспределительных сетей от существующих объектов газораспределительных сетей до присоединяемых объектов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">26(19). При осуществлении технологического присоединения потребителей газа, максимальный часовой расход газа газоиспользующего оборудования которых составляет 500 куб. метров и более и (или) проектное рабочее давление в присоединяемом газопроводе которых составляет 0,6 МПа и более, в административных границах городских поселений с населением свыше 500 тыс. человек при определении платы за технологическое присоединение по индивидуальному проекту учитываются расходы газораспределительных организаций, связанные с ликвидацией дефицита пропускной способности существующих газораспределительных сетей, необходимой для осуществления технологического присоединения, в случае если такие расходы не были включены в инвестиционные программы газораспределительной организации. Указанные расходы также учитываются при определении платы за технологическое присоединение по индивидуальному проекту в других случаях, если лицо, подавшее заявку на подключение, письменно подтверждает готовность их компенсировать и если такие расходы не были включены в инвестиционные программы газораспределительной организации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId276" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 432 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке и платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId280" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 432 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке и платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 17.05.2016 N 432)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Указанные мероприятия осуществляются в установленном </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId277" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1547 (ред. от 17.09.2024) &quot;Об утверждении Правил подключения (технологического присоединения) газоиспользующего оборудования и объектов капитального строительства к сетям газораспределения и о признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId281" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1547 (ред. от 17.09.2024) &quot;Об утверждении Правил подключения (технологического присоединения) газоиспользующего оборудования и объектов капитального строительства к сетям газораспределения и о признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">порядке</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> газораспределительной организацией, к газораспределительным сетям которой производится технологическое присоединение.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">26(20). Состав расходов, включаемых в плату за технологическое присоединение, определяется Федеральной антимонопольной службой.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId278" w:tooltip="Постановление Правительства РФ от 04.09.2015 N 941 (ред. от 04.03.2025) &quot;О внесении изменений, признании утратившими силу некоторых актов Правительства Российской Федерации в связи с упразднением Федеральной службы по тарифам и об утверждении Правил принятия Федеральной антимонопольной службой решений об определении (установлении) цен (тарифов) и (или) их предельных уровней в сфере деятельности субъектов естественных монополий и иных регулируемых организаций&quot; (с изм. и доп., вступ. в силу с 12.03.2025)  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId282" w:tooltip="Постановление Правительства РФ от 04.09.2015 N 941 (ред. от 30.05.2025) &quot;О внесении изменений, признании утратившими силу некоторых актов Правительства Российской Федерации в связи с упразднением Федеральной службы по тарифам и об утверждении Правил принятия Федеральной антимонопольной службой решений об определении (установлении) цен (тарифов) и (или) их предельных уровней в сфере деятельности субъектов естественных монополий и иных регулируемых организаций&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 04.09.2015 N 941)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">При этом одни и те же расходы (независимо от их предназначения) не могут учитываться при установлении тарифа на услуги по транспортировке газа по газораспределительным сетям и (или) специальных надбавок к тарифам на услуги по транспортировке газа по газораспределительным сетям для финансирования программ газификации и (или) при установлении платы за технологическое присоединение.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">26(21). В целях определения платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) стандартизированных тарифных ставок, определяющих ее величину, в отношении заявителей, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P414" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
+      <w:hyperlink w:history="0" w:anchor="P419" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце первом пункта 26(22)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений, газораспределительные организации ежегодно, не позднее 1 октября, представляют в исполнительные органы субъектов Российской Федерации в области государственного регулирования цен (тарифов) прогнозные сведения о планируемых расходах на технологическое присоединение на очередной календарный год в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId279" w:tooltip="Приказ ФАС России от 16.08.2018 N 1151/18 (ред. от 25.05.2023) &quot;Об утверждении Методических указаний по расчету размера платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) размеров стандартизированных тарифных ставок, определяющих ее величину&quot; (Зарегистрировано в Минюсте России 05.12.2018 N 52888)  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId283" w:tooltip="Приказ ФАС России от 16.08.2018 N 1151/18 (ред. от 25.05.2023) &quot;Об утверждении Методических указаний по расчету размера платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) размеров стандартизированных тарифных ставок, определяющих ее величину&quot; (Зарегистрировано в Минюсте России 05.12.2018 N 52888)  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">методическими указаниями</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> по расчету размера платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) стандартизированных тарифных ставок, определяющих ее величину, утверждаемыми федеральным органом исполнительной власти в области государственного регулирования цен (тарифов).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 13.09.2021 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId280" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId284" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1549</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.11.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId281" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId285" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 2187</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Стандартизированные тарифные ставки, определяющие величину платы за технологическое присоединение, дифференцируются исходя из состава мероприятий по технологическому присоединению, обусловленных диапазонами диаметров строящихся газопроводов, протяженностью и типами их прокладки, материалами труб, техническими характеристиками объектов сети газораспределения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Плата за технологическое присоединение газоиспользующего оборудования, указанная в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P414" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
+      <w:hyperlink w:history="0" w:anchor="P419" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 26(22)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений, устанавливается с разбивкой по категориям потребителей. Исполнительные органы субъектов Российской Федерации в области государственного регулирования цен (тарифов) вправе установить плату за технологическое присоединение газоиспользующего оборудования, указанную в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P414" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
+      <w:hyperlink w:history="0" w:anchor="P419" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 26(22)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений, с дифференциацией по расстоянию строящегося газопровода при условии сохранения общего расчетного размера выручки газораспределительной организации от оказания услуг по технологическому присоединению.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId282" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId286" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N 2187)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">На основе представленных сведений исполнительные органы субъектов Российской Федерации в области государственного регулирования цен (тарифов) устанавливают на очередной календарный год для каждой газораспределительной организации, к газораспределительным сетям которой планируется подключение новых потребителей газа, плату за технологическое присоединение газоиспользующего оборудования, указанную в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P414" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
+      <w:hyperlink w:history="0" w:anchor="P419" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце первом пункта 26(22)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений, к газораспределительным сетям, а также стандартизированные тарифные ставки, определяющие величину платы за технологическое присоединение, не позднее 31 декабря года, предшествующего очередному году. Стандартизированные тарифные ставки, а также плата за технологическое присоединение газоиспользующего оборудования, указанная в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P414" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
+      <w:hyperlink w:history="0" w:anchor="P419" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 26(22)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений, могут устанавливаться с территориальной дифференциацией в случае существенно отличающихся условий осуществления технологического присоединения на различных территориях функционирования газораспределительной организации при условии сохранения общего расчетного размера выручки газораспределительной организации от оказания услуг по технологическому присоединению. В случае если у газораспределительной организации от оказания услуг по технологическому присоединению объектов, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P414" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
+      <w:hyperlink w:history="0" w:anchor="P419" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 26(22)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений, возникают выпадающие доходы, которые должны в соответствии с настоящими Основными положениями учитываться при определении тарифов на услуги по транспортировке газа по газораспределительным сетям, исполнительные органы субъектов Российской Федерации устанавливают плату за технологическое присоединение к газораспределительным сетям на очередной календарный год не позднее 15 декабря года, предшествующего очередному году.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 13.09.2021 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId283" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId287" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1549</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.11.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId284" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId288" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 2187</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 26(21) в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId285" w:tooltip="Постановление Правительства РФ от 30.01.2018 N 82 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам совершенствования порядка подключения объектов капитального строительства к газораспределительным сетям и повышения эффективности энергетической инфраструктуры&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId289" w:tooltip="Постановление Правительства РФ от 30.01.2018 N 82 (ред. от 31.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам совершенствования порядка подключения объектов капитального строительства к газораспределительным сетям и повышения эффективности энергетической инфраструктуры&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.01.2018 N 82)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="414" w:name="P414"/>
-[...4 lines deleted...]
-        <w:spacing w:before="240" w:line-rule="auto"/>
+    <w:bookmarkStart w:id="419" w:name="P419"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочих заявителей), если иное не установлено настоящим пунктом, устанавливается в размере не менее 20 тыс. рублей и не более 50 тыс. рублей (с налогом на добавленную стоимость, если заявителем выступает физическое лицо, а в иных случаях без налога на добавленную стоимость) при условии, что расстояние от газоиспользующего оборудования до сети газораспределения газораспределительной организации, в которую подана заявка, с проектным рабочим давлением не более 0,3 МПа, измеряемое по прямой линии (наименьшее расстояние), составляет не более 200 метров и сами мероприятия предполагают строительство только газопроводов (без необходимости выполнения мероприятий по прокладке газопроводов бестраншейным способом и устройства пункта редуцирования газа) в соответствии с утвержденной в установленном порядке региональной (межрегиональной) программой газификации жилищно-коммунального хозяйства, промышленных и иных организаций, в том числе схемой расположения объектов газоснабжения, используемых для обеспечения населения газом. Указанные минимальный и максимальный уровни платы за технологическое присоединение начиная с 2015 года ежегодно индексируются на прогнозный среднегодовой уровень инфляции, определенный прогнозом социально-экономического развития Российской Федерации на тот же период, на который устанавливается плата за технологическое присоединение. В указанную плату за технологическое присоединение газоиспользующего оборудования не включаются расходы на выполнение мероприятий в границах земельного участка, принадлежащего на праве собственности или на ином законном основании физическому или юридическому лицу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 15.04.2014 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId286" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 342 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам ценообразования на газ и подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId290" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 342 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам ценообразования на газ и подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 342</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.01.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId287" w:tooltip="Постановление Правительства РФ от 30.01.2018 N 82 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам совершенствования порядка подключения объектов капитального строительства к газораспределительным сетям и повышения эффективности энергетической инфраструктуры&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId291" w:tooltip="Постановление Правительства РФ от 30.01.2018 N 82 (ред. от 31.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам совершенствования порядка подключения объектов капитального строительства к газораспределительным сетям и повышения эффективности энергетической инфраструктуры&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 82</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 21.02.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId288" w:tooltip="Постановление Правительства РФ от 21.02.2019 N 179 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId292" w:tooltip="Постановление Правительства РФ от 21.02.2019 N 179 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 179</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 13.09.2021 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId289" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId293" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1549</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="416" w:name="P416"/>
-[...4 lines deleted...]
-        <w:spacing w:before="240" w:line-rule="auto"/>
+    <w:bookmarkStart w:id="421" w:name="P421"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что в населенном пункте, в котором располагается домовладение заявителя, проложены газораспределительные сети, по которым осуществляется транспортировка газа, или программой газификации жилищно-коммунального хозяйства, промышленных и иных организаций в текущем календарном году предусмотрено строительство газораспределительных сетей до границ такого населенного пункта, а также при наличии у таких лиц документа, подтверждающего право собственности или иное предусмотренное законом право на домовладение и земельный участок, на котором расположено это домовладение.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId290" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId294" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 13.09.2021 N 1549; в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId291" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId295" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 16.04.2024 N 484)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Подключение (технологическое присоединение) газоиспользующего оборудования, расположенного в объектах капитального строительства, в которых размещены фельдшерские и фельдшерско-акушерские пункты, кабинеты (отделения) врачей общей практики и врачебные амбулатории, входящие в состав имеющих лицензии на осуществление медицинской деятельности медицинских организаций государственной системы здравоохранения и муниципальной системы здравоохранения, намеревающихся использовать газ для отопления и горячего водоснабжения указанных объектов капитального строительства (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются указанные объекты капитального строительства), осуществляется без взимания с них средств при условии, что в населенном пункте, в котором располагаются такие объекты капитального строительства, проложены газораспределительные сети и осуществляется транспортировка газа, или программой газификации жилищно-коммунального хозяйства, промышленных и иных организаций в текущем календарном году предусмотрено строительство газораспределительных сетей до границ такого населенного пункта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId292" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId296" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N 2187; в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId293" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId297" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 16.04.2024 N 484)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Подключение (технологическое присоединение) газоиспользующего оборудования, принадлежащего юридическим лицам и расположенного в котельных всех типов, в которых планируется использовать газ в качестве топлива в целях выработки тепловой энергии (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются такие котельные) для обеспечения образовательной и (или) медицинской деятельности исключительно государственных или муниципальных общеобразовательных организаций и (или) дошкольных образовательных организаций, имеющих лицензию на осуществление образовательной деятельности, и (или) медицинских организаций государственной системы и муниципальной системы здравоохранения, имеющих лицензии на осуществление медицинской деятельности, осуществляется без взимания средств с юридических лиц при условии, что в населенном пункте, в котором располагаются котельные юридических лиц, проложены газораспределительные сети, по которым осуществляется транспортировка газа, а также при наличии у юридических лиц документа, подтверждающего право собственности или иное предусмотренное законом право на котельные и земельный участок, на котором расположены эти котельные.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 30.11.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId294" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId298" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 2187</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 09.09.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId295" w:tooltip="Постановление Правительства РФ от 09.09.2023 N 1477 (ред. от 06.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId299" w:tooltip="Постановление Правительства РФ от 09.09.2023 N 1477 (ред. от 06.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1477</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="422" w:name="P422"/>
-[...4 lines deleted...]
-        <w:spacing w:before="240" w:line-rule="auto"/>
+    <w:bookmarkStart w:id="427" w:name="P427"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что домовладение заявителя располагается в границах территории ведения гражданами садоводства для собственных нужд, находящейся в границах населенного пункта, в котором проложены газораспределительные сети, по которым осуществляется транспортировка газа, или программой газификации жилищно-коммунального хозяйства, промышленных и иных организаций в текущем календарном году предусмотрено строительство газораспределительных сетей до границ такого населенного пункта, а также при наличии у таких лиц документа, подтверждающего право собственности или иное предусмотренное законом право на домовладение и земельный участок, на котором расположено это домовладение.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId296" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId300" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 16.04.2024 N 484)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Компенсация выпадающих доходов газораспределительной организации на выполнение мероприятий, подлежащих осуществлению в ходе технологического присоединения указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P416" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что в населенном пункте, в котором располагается домовладени...">
+      <w:hyperlink w:history="0" w:anchor="P421" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что в населенном пункте, в котором располагается домовладени...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацах втором</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P422" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что домовладение заявителя располагается в границах территор...">
+      <w:hyperlink w:history="0" w:anchor="P427" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что домовладение заявителя располагается в границах территор...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пятом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта категорий заявителей, производится в порядке, предусмотренном </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P439" w:tooltip="В случае если для газораспределительной организации специальная надбавка к тарифам на услуги по транспортировке газа по газораспределительным сетям не устанавливается, размер выпадающих доходов газораспределительной организации от присоединения указанного газоиспользующего оборудования учитывается при определении тарифов на услуги по транспортировке газа по газораспределительным сетям в том же периоде регулирования, на который утверждается плата за технологическое присоединение. В случае если для газорас...">
+      <w:hyperlink w:history="0" w:anchor="P444" w:tooltip="В случае если для газораспределительной организации специальная надбавка к тарифам на услуги по транспортировке газа по газораспределительным сетям не устанавливается, размер выпадающих доходов газораспределительной организации от присоединения указанного газоиспользующего оборудования учитывается при определении тарифов на услуги по транспортировке газа по газораспределительным сетям в том же периоде регулирования, на который утверждается плата за технологическое присоединение. В случае если для газорас...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем четырнадцатым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, и осуществляется до 1 января 2036 г. (за исключением средств, предназначенных для возврата средств, привлеченных газораспределительной организацией по договорам, заключенным в 2021 году, на реализацию мероприятий по технологическому присоединению газоиспользующего оборудования заявителей, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P416" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что в населенном пункте, в котором располагается домовладени...">
+      <w:hyperlink w:history="0" w:anchor="P421" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что в населенном пункте, в котором располагается домовладени...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацах втором</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P422" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что домовладение заявителя располагается в границах территор...">
+      <w:hyperlink w:history="0" w:anchor="P427" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что домовладение заявителя располагается в границах территор...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пятом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, и уплаты процентов за пользование ими, а также на выкуп объектов капитального строительства, построенных за счет средств единого оператора газификации или регионального оператора газификации в ходе реализации указанных мероприятий).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 16.04.2024 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId297" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId301" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 484</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.12.2024 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId298" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId302" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1761</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Физические лица могут осуществить подключение (технологическое присоединение) газоиспользующего оборудования в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P416" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что в населенном пункте, в котором располагается домовладени...">
+      <w:hyperlink w:history="0" w:anchor="P421" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что в населенном пункте, в котором располагается домовладени...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацами вторым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P422" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что домовладение заявителя располагается в границах территор...">
+      <w:hyperlink w:history="0" w:anchor="P427" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что домовладение заявителя располагается в границах территор...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пятым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта не более одного раза в течение 3 лет.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId299" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId303" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 13.09.2021 N 1549; в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId300" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId304" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 16.04.2024 N 484)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Размер платы за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности) или 5 куб. метров в час (для прочих заявителей), в случае, если газораспределительная сеть проходит в границах земельного участка, на котором расположен подключаемый объект капитального строительства, или отсутствует необходимость строительства газораспределительной сети до границ земельного участка, определяется исходя из размера стандартизированной тарифной ставки на покрытие расходов газораспределительной организации, связанных с мониторингом выполнения заявителем технических условий и осуществлением фактического присоединения, и не должен превышать размер платы за технологическое присоединение газоиспользующего оборудования, определенный </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P414" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
+      <w:hyperlink w:history="0" w:anchor="P419" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем первым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId301" w:tooltip="Постановление Правительства РФ от 19.03.2020 N 305 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId305" w:tooltip="Постановление Правительства РФ от 19.03.2020 N 305 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 19.03.2020 N 305)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">При этом газораспределительная организация в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId302" w:tooltip="Приказ ФАС России от 16.08.2018 N 1151/18 (ред. от 25.05.2023) &quot;Об утверждении Методических указаний по расчету размера платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) размеров стандартизированных тарифных ставок, определяющих ее величину&quot; (Зарегистрировано в Минюсте России 05.12.2018 N 52888)  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId306" w:tooltip="Приказ ФАС России от 16.08.2018 N 1151/18 (ред. от 25.05.2023) &quot;Об утверждении Методических указаний по расчету размера платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) размеров стандартизированных тарифных ставок, определяющих ее величину&quot; (Зарегистрировано в Минюсте России 05.12.2018 N 52888)  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">методическими указаниями</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> по регулированию платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) стандартизированных тарифных ставок, определяющих ее величину, рассчитывает объем средств для компенсации своих расходов на выполнение мероприятий, подлежащих осуществлению в ходе технологического присоединения указанной категории заявителей.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Указанные расчеты представляются в регулирующий орган, который в своем решении отражает:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId303" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId307" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 13.09.2021 N 1549)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">для заявителей, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P414" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
+      <w:hyperlink w:history="0" w:anchor="P419" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, - размер экономически обоснованной платы, а также соответствующие выпадающие доходы газораспределительной организации от присоединения указанного газоиспользующего оборудования (при их возникновении);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId304" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId308" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 13.09.2021 N 1549)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">для заявителей, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P416" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что в населенном пункте, в котором располагается домовладени...">
+      <w:hyperlink w:history="0" w:anchor="P421" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что в населенном пункте, в котором располагается домовладени...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацах втором</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P422" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что домовладение заявителя располагается в границах территор...">
+      <w:hyperlink w:history="0" w:anchor="P427" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что домовладение заявителя располагается в границах территор...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пятом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, - размер экономически обоснованных расходов на выполнение мероприятий, подлежащих осуществлению в ходе технологического присоединения, не покрытых финансовыми средствами, получаемыми газораспределительной организацией в результате введения специальных надбавок к тарифам на транспортировку газа газораспределительными организациями и установления тарифа на услуги по транспортировке газа по газораспределительным сетям, а также получаемыми газораспределительными организациями от иных источников финансирования.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 13.09.2021 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId305" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId309" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1549</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 24.11.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId306" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId310" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1979</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 16.04.2024 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId307" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId311" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 484</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае если размер экономически обоснованной платы газораспределительной организации ниже минимального уровня платы за технологическое присоединение, плата для потребителей, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P414" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
+      <w:hyperlink w:history="0" w:anchor="P419" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, устанавливается в размере экономически обоснованной платы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId308" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId312" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 13.09.2021 N 1549)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="439" w:name="P439"/>
-[...4 lines deleted...]
-        <w:spacing w:before="240" w:line-rule="auto"/>
+    <w:bookmarkStart w:id="444" w:name="P444"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае если для газораспределительной организации специальная надбавка к тарифам на услуги по транспортировке газа по газораспределительным сетям не устанавливается, размер выпадающих доходов газораспределительной организации от присоединения указанного газоиспользующего оборудования учитывается при определении тарифов на услуги по транспортировке газа по газораспределительным сетям в том же периоде регулирования, на который утверждается плата за технологическое присоединение. В случае если для газораспределительной организации устанавливается специальная надбавка к тарифам на услуги по транспортировке газа по газораспределительным сетям, то выпадающие доходы газораспределительной организации покрываются за счет средств, получаемых от применения специальной надбавки в том же периоде регулирования, на который утверждается плата за технологическое присоединение. В случае если средств, получаемых от применения специальной надбавки, недостаточно для покрытия выпадающих доходов газораспределительной организации, размер непокрытых за счет специальной надбавки выпадающих доходов газораспределительной организации от присоединения указанного газоиспользующего оборудования учитывается при определении тарифов на услуги по транспортировке газа по газораспределительным сетям в том же периоде регулирования, на который утверждается плата за технологическое присоединение. Для компенсации выпадающих доходов газораспределительных организаций посредством учета соответствующих средств при установлении тарифов на услуги по транспортировке газа по газораспределительным сетям исполнительные органы субъектов Российской Федерации в области государственного регулирования тарифов направляют соответствующую информацию с приложением принятых решений и расчетов в федеральный орган исполнительной власти в области государственного регулирования тарифов в срок до 15 ноября года, предшествующего очередному году.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 13.09.2021 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId309" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId313" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1549</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.11.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId310" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId314" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 2187</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">26(23). Плата за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям устанавливается исходя из стоимости мероприятий по технологическому присоединению, определенной по индивидуальному проекту после его разработки и экспертизы, если проект подлежит экспертизе в соответствии с законодательством Российской Федерации, в случае, если лицо, подавшее заявку на подключение, письменно подтверждает готовность компенсировать расходы газораспределительной организации, связанные с ликвидацией дефицита пропускной способности существующих газораспределительных сетей, необходимой для осуществления технологического присоединения, если такие расходы не были включены в инвестиционные программы газораспределительной организации или в региональную (межрегиональную) программу газификации жилищно-коммунального хозяйства, промышленных и иных организаций, или в случае, если мероприятия по технологическому присоединению предусматривают:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">прокладку газопровода на территории земель лесного фонда или необходимость вырубки зеленых насаждений;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId311" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId315" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N 2187)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">переходы через водные преграды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">прокладку газопровода наружным диаметром свыше 219 мм и (или) протяженностью более 30 метров бестраншейным способом;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">прокладку газопровода по болотам 3 типа, и (или) в скальных породах, и (или) на землях особо охраняемых природных территорий, и (или) в границах зон охраны памятников историко-культурного наследия.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId312" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId316" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 13.09.2021 N 1549)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Заявления и материалы для установления размера платы за технологическое присоединение к газораспределительным сетям по индивидуальному проекту могут представляться в исполнительные органы субъектов Российской Федерации в области государственного регулирования цен (тарифов) в электронной форме.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId313" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId317" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N 2187)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 26(23) в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId314" w:tooltip="Постановление Правительства РФ от 19.03.2020 N 305 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId318" w:tooltip="Постановление Правительства РФ от 19.03.2020 N 305 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 19.03.2020 N 305)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">26(24). В случае если по итогам хозяйственной деятельности прошедшего периода регулирования у газораспределительной организации появились экономически обоснованные расходы, превышающие объем средств, подлежащих компенсации газораспределительной организации в том же периоде регулирования за счет применения платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям, и (или) специальных надбавок к тарифам на услуги по транспортировке газа по газораспределительным сетям, и (или) тарифов на услуги по транспортировке газа по газораспределительным сетям, на который утверждается плата за технологическое присоединение, то регулирующие органы при представлении соответствующих обоснований учитывают эти расходы при установлении регулируемых тарифов на последующий расчетный период регулирования с учетом индексов-дефляторов в порядке, приведенном в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P414" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
+      <w:hyperlink w:history="0" w:anchor="P419" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочи...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 26(22)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений. В случае если по итогам хозяйственной деятельности прошедшего периода регулирования у газораспределительной организации доходы, предусмотренные для компенсации расходов, связанных с осуществлением технологического присоединения газоиспользующего оборудования, превысили указанные расходы, сумма превышения используется в качестве источника для осуществления программы газификации субъекта Российской Федерации в следующем периоде. В случае если газораспределительная организация более не осуществляет расходы, связанные с реализацией программ газификации, то указанная сумма превышения учитывается при установлении тарифов на услуги по транспортировке газа по газораспределительным сетям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId315" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 342 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам ценообразования на газ и подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId319" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 342 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам ценообразования на газ и подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 15.04.2014 N 342)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">26(25). Средства, получаемые от применения специальной надбавки к тарифам на услуги по транспортировке газа по газораспределительным сетям, могут быть направлены на покрытие расходов газораспределительных организаций, связанных с возвратом привлеченных заемных средств на реализацию мероприятий по технологическому присоединению газоиспользующего оборудования, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P416" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что в населенном пункте, в котором располагается домовладени...">
+      <w:hyperlink w:history="0" w:anchor="P421" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что в населенном пункте, в котором располагается домовладени...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацах втором</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P422" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что домовладение заявителя располагается в границах территор...">
+      <w:hyperlink w:history="0" w:anchor="P427" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что домовладение заявителя располагается в границах территор...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пятом пункта 26(22)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений, и уплатой процентов за пользование ими, а также на выкуп объектов капитального строительства, построенных за счет средств единого оператора газификации или регионального оператора газификации в ходе реализации указанных мероприятий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 26(25) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId316" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId320" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 13.09.2021 N 1549; в ред. Постановлений Правительства РФ от 24.11.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId317" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId321" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1979</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 16.04.2024 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId318" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId322" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 484</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="455" w:name="P455"/>
-[...4 lines deleted...]
-        <w:spacing w:before="240" w:line-rule="auto"/>
+    <w:bookmarkStart w:id="460" w:name="P460"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">26(26). В целях определения экономически обоснованных расходов на выполнение мероприятий на осуществление технологического присоединения заявителей, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P416" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что в населенном пункте, в котором располагается домовладени...">
+      <w:hyperlink w:history="0" w:anchor="P421" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что в населенном пункте, в котором располагается домовладени...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацах втором</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P422" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что домовладение заявителя располагается в границах территор...">
+      <w:hyperlink w:history="0" w:anchor="P427" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что домовладение заявителя располагается в границах территор...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пятом пункта 26(22)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Основных положений, газораспределительные организации ежеквартально, не позднее последнего дня месяца, следующего за отчетным кварталом, представляют в исполнительные органы субъектов Российской Федерации в области государственного регулирования цен (тарифов) сведения о фактически понесенных расходах на технологическое присоединение за отчетный квартал в соответствии с методическими указаниями по расчету размера платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) стандартизированных тарифных ставок, определяющих ее величину, утверждаемыми федеральным исполнительным органом в области государственного регулирования цен (тарифов).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 30.11.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId319" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId323" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 2187</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 09.09.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId320" w:tooltip="Постановление Правительства РФ от 09.09.2023 N 1477 (ред. от 06.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId324" w:tooltip="Постановление Правительства РФ от 09.09.2023 N 1477 (ред. от 06.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1477</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 24.11.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId321" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId325" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1979</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 16.04.2024 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId322" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId326" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 484</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Размер экономически обоснованных расходов на выполнение мероприятий, подлежащих осуществлению в ходе технологического присоединения, утверждается исполнительным органом субъекта Российской Федерации в области государственного регулирования цен (тарифов) в течение 15 рабочих дней с даты поступления сведений, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P455" w:tooltip="26(26). В целях определения экономически обоснованных расходов на выполнение мероприятий на осуществление технологического присоединения заявителей, указанных в абзацах втором - пятом пункта 26(22) настоящих Основных положений, газораспределительные организации ежеквартально, не позднее последнего дня месяца, следующего за отчетным кварталом, представляют в исполнительные органы субъектов Российской Федерации в области государственного регулирования цен (тарифов) сведения о фактически понесенных расходах...">
+      <w:hyperlink w:history="0" w:anchor="P460" w:tooltip="26(26). В целях определения экономически обоснованных расходов на выполнение мероприятий на осуществление технологического присоединения заявителей, указанных в абзацах втором - пятом пункта 26(22) настоящих Основных положений, газораспределительные организации ежеквартально, не позднее последнего дня месяца, следующего за отчетным кварталом, представляют в исполнительные органы субъектов Российской Федерации в области государственного регулирования цен (тарифов) сведения о фактически понесенных расходах...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 30.11.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId323" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId327" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 2187</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 09.09.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId324" w:tooltip="Постановление Правительства РФ от 09.09.2023 N 1477 (ред. от 06.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId328" w:tooltip="Постановление Правительства РФ от 09.09.2023 N 1477 (ред. от 06.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1477</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 26(26) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId325" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId329" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 13.09.2021 N 1549)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
@@ -12359,152 +12467,152 @@
         <w:t xml:space="preserve">к магистральным газопроводам</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId326" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId330" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 01.11.2021 N 1899)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">26(27). При определении платы за технологическое присоединение к магистральным газопроводам учитываются расходы газотранспортной организации на выполнение мероприятий по технологическому присоединению к магистральным газопроводам, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId327" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1898 (ред. от 30.09.2022) &quot;Об утверждении Правил технологического присоединения к магистральным газопроводам&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId331" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1898 (ред. от 30.09.2022) &quot;Об утверждении Правил технологического присоединения к магистральным газопроводам&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Правилами</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> технологического присоединения к магистральным газопроводам, утвержденными постановлением Правительства Российской Федерации от 1 ноября 2021 г. N 1898 "Об утверждении Правил технологического присоединения к магистральным газопроводам", в соответствии с методическими указаниями по расчету размера платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводов до объектов капитального строительства, и газопроводов, предназначенных для транспортировки газа от месторождений природного газа до магистрального газопровода, утверждаемыми федеральным органом исполнительной власти в сфере государственного регулирования цен (тарифов).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">26(28). В состав расходов, учитываемых при определении платы за технологическое присоединение к магистральным газопроводам, не включаются расходы газотранспортной организации:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">связанные с увеличением пропускной способности объектов газотранспортных систем, принадлежащих организациям - собственникам систем газоснабжения, осуществляемым в целях создания технической возможности подключения (технологического присоединения) объекта капитального строительства к сети газораспределения, в отношении которого лицом, обратившимся в газораспределительную организацию с заявкой о заключении договора о подключении (технологическом присоединении) газоиспользующего оборудования и объектов капитального строительства к сети газораспределения, получен отказ в заключении такого договора по причине отсутствия технической возможности подключения (технологического присоединения) объекта капитального строительства к сети газораспределения в связи с отсутствием пропускной способности указанных объектов газотранспортных систем;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">финансируемые за счет выручки от реализации газа по регулируемым оптовым ценам и услуг по транспортировке газа по магистральным газопроводам по регулируемым тарифам.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">26(29). Размер расходов газотранспортной организации на выполнение мероприятий по технологическому присоединению к магистральным газопроводам, включаемых в состав расходов, учитываемых при определении платы за технологическое присоединение к магистральным газопроводам, не должен превышать стоимость строительства объектов, создание которых необходимо для обеспечения технологического присоединения газопровода к магистральному газопроводу, определяемую с применением укрупненных нормативов цены строительства, а в случае отсутствия укрупненных нормативов цены строительства для определения стоимости строительства таких объектов не должна превышать сметную стоимость, рассчитанную по сметным нормативам, включенным в федеральный реестр сметных нормативов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:outlineLvl w:val="1"/>
@@ -12521,100 +12629,100 @@
       <w:pPr>
         <w:pStyle w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">27. Регулирующий орган в соответствии с законодательством Российской Федерации несет ответственность за экономическую обоснованность устанавливаемых цен (тарифов) и своевременность их введения, а также за разглашение сведений, составляющих коммерческую тайну.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">28. Споры и разногласия, связанные с применением регулируемых цен (тарифов), рассматриваются в соответствии с законодательством Российской Федерации, а в досудебном порядке - регулирующими органами в пределах их компетенции.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="100" w:after="100"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" dor:id="rId5"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" dor:id="rId6"/>
+      <w:headerReference w:type="default" dor:id="rId6"/>
+      <w:headerReference w:type="first" dor:id="rId6"/>
+      <w:footerReference w:type="default" dor:id="rId7"/>
+      <w:footerReference w:type="first" dor:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="566" w:bottom="1440" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 w16se wne wp14">
   <w:p>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblInd w:w="0" w:type="dxa"/>
@@ -12782,51 +12890,51 @@
       <w:gridCol w:w="1"/>
     </w:tblGrid>
     <w:tr>
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="1683"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2700" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Постановление Правительства РФ от 29.12.2000 N 1021</w:t>
             <w:br/>
-            <w:t>(ред. от 26.06.2025)</w:t>
+            <w:t>(ред. от 30.08.2025)</w:t>
             <w:br/>
             <w:t>"О государственном регулировании цен на газ, та...</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2300" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="end"/>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve">Документ предоставлен </w:t>
@@ -12835,635 +12943,664 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>КонсультантПлюс</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:br/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Дата сохранения: 14.08.2025</w:t>
+            <w:t>Дата сохранения: 14.11.2025</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p/>
 </w:hdr>
 </file>
 
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:themeFontLang w:val="ru-RU"/>
+</w:settings>
+</file>
+
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:default="1" w:customStyle="1" w:styleId="0">
     <w:name w:val="ConsPlusNormal"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="ConsPlusNonformat"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
     <w:name w:val="ConsPlusTitle"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3">
     <w:name w:val="ConsPlusCell"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4">
     <w:name w:val="ConsPlusDocList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="18"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5">
     <w:name w:val="ConsPlusTitlePage"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6">
     <w:name w:val="ConsPlusJurTerm"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="26"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:default="1" w:customStyle="1" w:styleId="0">
     <w:name w:val="ConsPlusNormal"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="ConsPlusNonformat"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
     <w:name w:val="ConsPlusTitle"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3">
     <w:name w:val="ConsPlusCell"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4">
     <w:name w:val="ConsPlusDocList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="18"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5">
     <w:name w:val="ConsPlusTitlePage"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6">
     <w:name w:val="ConsPlusJurTerm"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="26"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-	<Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
-[...1 lines deleted...]
-	<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/>
+	<Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="word/settings.xml"/>
+	<Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
+	<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/>
 	<Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/>
-	<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/>
-[...321 lines deleted...]
-	<Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=427938&amp;date=14.08.2025&amp;dst=100010&amp;field=134" TargetMode="External"/><Relationship Target="media/Image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId328"/>
+	<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/>
+	<Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/>
+	<Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/>
+	<Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=36818&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=185781&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=68123&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432955&amp;date=14.11.2025&amp;dst=100006&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=84219&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=89920&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=107496&amp;date=14.11.2025&amp;dst=100009&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=462820&amp;date=14.11.2025&amp;dst=100020&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=14.11.2025&amp;dst=100009&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=122167&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=125632&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332136&amp;date=14.11.2025&amp;dst=100026&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=154445&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100251&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395612&amp;date=14.11.2025&amp;dst=100010&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410700&amp;date=14.11.2025&amp;dst=100023&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=185789&amp;date=14.11.2025&amp;dst=100006&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=172031&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502888&amp;date=14.11.2025&amp;dst=100046&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198170&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410695&amp;date=14.11.2025&amp;dst=100015&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506884&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410694&amp;date=14.11.2025&amp;dst=100014&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100014&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=397757&amp;date=14.11.2025&amp;dst=100018&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395613&amp;date=14.11.2025&amp;dst=100010&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=333378&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410692&amp;date=14.11.2025&amp;dst=100015&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=396570&amp;date=14.11.2025&amp;dst=100013&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=380370&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=416575&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=419271&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=425951&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=430046&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100381&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474810&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=14.11.2025&amp;dst=100015&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=14.11.2025&amp;dst=100010&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=492994&amp;date=14.11.2025&amp;dst=100015&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508825&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=513495&amp;date=14.11.2025&amp;dst=100084&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=14.11.2025&amp;dst=100012&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=14.11.2025&amp;dst=100016&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=36818&amp;date=14.11.2025&amp;dst=100006&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=14.11.2025&amp;dst=100016&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=14.11.2025&amp;dst=100016&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=171176&amp;date=14.11.2025&amp;dst=100010&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=36818&amp;date=14.11.2025&amp;dst=100007&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=36818&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=185781&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=14.11.2025&amp;dst=100017&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=68123&amp;date=14.11.2025&amp;dst=100008&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432955&amp;date=14.11.2025&amp;dst=100006&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=84219&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=89920&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=107496&amp;date=14.11.2025&amp;dst=100009&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=462820&amp;date=14.11.2025&amp;dst=100020&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=14.11.2025&amp;dst=100009&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=122167&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=125632&amp;date=14.11.2025&amp;dst=100009&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332136&amp;date=14.11.2025&amp;dst=100026&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=154445&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100255&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395612&amp;date=14.11.2025&amp;dst=100010&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410700&amp;date=14.11.2025&amp;dst=100023&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=185789&amp;date=14.11.2025&amp;dst=100006&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=172031&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502888&amp;date=14.11.2025&amp;dst=100046&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198170&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410695&amp;date=14.11.2025&amp;dst=100015&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506884&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410694&amp;date=14.11.2025&amp;dst=100014&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100014&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=397757&amp;date=14.11.2025&amp;dst=100018&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395613&amp;date=14.11.2025&amp;dst=100010&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=333378&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410692&amp;date=14.11.2025&amp;dst=100015&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=396570&amp;date=14.11.2025&amp;dst=100013&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=380370&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=14.11.2025&amp;dst=100014&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=416575&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=419271&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=425951&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=430046&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100381&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474810&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=14.11.2025&amp;dst=100015&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=14.11.2025&amp;dst=100010&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=492994&amp;date=14.11.2025&amp;dst=100015&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508825&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=513495&amp;date=14.11.2025&amp;dst=100084&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=500821&amp;date=14.11.2025&amp;dst=100055&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100257&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100015&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=14.11.2025&amp;dst=100017&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100259&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=14.11.2025&amp;dst=100020&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100261&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=14.11.2025&amp;dst=100022&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=14.11.2025&amp;dst=100023&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100262&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=14.11.2025&amp;dst=100020&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100017&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100018&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=125632&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100263&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=14.11.2025&amp;dst=100016&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=125632&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=125632&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=125632&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100264&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100020&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=462820&amp;date=14.11.2025&amp;dst=100024&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395612&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100021&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=111662&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100265&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=125632&amp;date=14.11.2025&amp;dst=100016&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=125632&amp;date=14.11.2025&amp;dst=100018&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=14.11.2025&amp;dst=100013&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=14.11.2025&amp;dst=100015&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=14.11.2025&amp;dst=100016&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=14.11.2025&amp;dst=100017&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=14.11.2025&amp;dst=100018&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=14.11.2025&amp;dst=100019&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=397757&amp;date=14.11.2025&amp;dst=100018&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=380370&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100266&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100022&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=425951&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=500821&amp;date=14.11.2025&amp;dst=100012&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=14.11.2025&amp;dst=100025&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=107496&amp;date=14.11.2025&amp;dst=100010&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100268&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=14.11.2025&amp;dst=100026&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100268&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100268&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100269&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332136&amp;date=14.11.2025&amp;dst=100028&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410700&amp;date=14.11.2025&amp;dst=100023&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100025&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100272&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100026&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=107496&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100273&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=14.11.2025&amp;dst=100021&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325755&amp;date=14.11.2025" TargetMode="External"/>
+	<Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100028&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332136&amp;date=14.11.2025&amp;dst=100029&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410700&amp;date=14.11.2025&amp;dst=100023&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100034&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=171176&amp;date=14.11.2025&amp;dst=100010&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332136&amp;date=14.11.2025&amp;dst=100030&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410700&amp;date=14.11.2025&amp;dst=100023&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=14.11.2025&amp;dst=100017&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=517768&amp;date=14.11.2025&amp;dst=100024&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=517768&amp;date=14.11.2025" TargetMode="External"/>
+	<Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=14.11.2025&amp;dst=100018&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332136&amp;date=14.11.2025&amp;dst=100031&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410700&amp;date=14.11.2025&amp;dst=100023&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100035&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100275&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=14.11.2025&amp;dst=100023&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=14.11.2025&amp;dst=100021&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100276&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100036&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100382&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=517768&amp;date=14.11.2025&amp;dst=100024&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=517768&amp;date=14.11.2025" TargetMode="External"/>
+	<Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=14.11.2025&amp;dst=100018&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100277&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100039&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100383&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=193023&amp;date=14.11.2025&amp;dst=100013&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=382119&amp;date=14.11.2025&amp;dst=100015&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404828&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=357276&amp;date=14.11.2025&amp;dst=100012&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=460671&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=14.11.2025&amp;dst=100018&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100278&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100040&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404538&amp;date=14.11.2025&amp;dst=100010&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=14.11.2025&amp;dst=100025&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332136&amp;date=14.11.2025&amp;dst=100032&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100280&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395612&amp;date=14.11.2025&amp;dst=100012&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410700&amp;date=14.11.2025&amp;dst=100023&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100041&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=14.11.2025&amp;dst=100028&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=462820&amp;date=14.11.2025&amp;dst=100028&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100281&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=14.11.2025&amp;dst=100029&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=14.11.2025&amp;dst=100019&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100283&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=14.11.2025&amp;dst=100027&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=14.11.2025&amp;dst=100020&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=14.11.2025&amp;dst=100023&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=14.11.2025&amp;dst=100018&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100042&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=333378&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=492994&amp;date=14.11.2025&amp;dst=100016&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=14.11.2025&amp;dst=100030&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=107496&amp;date=14.11.2025&amp;dst=100013&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332136&amp;date=14.11.2025&amp;dst=100033&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100284&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410700&amp;date=14.11.2025&amp;dst=100023&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100043&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=492994&amp;date=14.11.2025&amp;dst=100024&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100285&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100285&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=462820&amp;date=14.11.2025&amp;dst=100031&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=492994&amp;date=14.11.2025&amp;dst=100026&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=14.11.2025&amp;dst=100033&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=492994&amp;date=14.11.2025&amp;dst=100027&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=492994&amp;date=14.11.2025&amp;dst=100028&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=14.11.2025&amp;dst=100040&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100044&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=14.11.2025&amp;dst=100033&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=492994&amp;date=14.11.2025&amp;dst=100031&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=448436&amp;date=14.11.2025&amp;dst=100018&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=14.11.2025&amp;dst=100031&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=513495&amp;date=14.11.2025&amp;dst=100085&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=154445&amp;date=14.11.2025&amp;dst=100006&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=185789&amp;date=14.11.2025&amp;dst=100006&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=212833&amp;date=14.11.2025&amp;dst=100032&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=223062&amp;date=14.11.2025&amp;dst=100013&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=492994&amp;date=14.11.2025&amp;dst=100032&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=431832&amp;date=14.11.2025&amp;dst=378&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508825&amp;date=14.11.2025&amp;dst=100010&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=492994&amp;date=14.11.2025&amp;dst=100034&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=492994&amp;date=14.11.2025&amp;dst=100035&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=172031&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=513495&amp;date=14.11.2025&amp;dst=100087&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=319666&amp;date=14.11.2025&amp;dst=100006&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=416575&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=430046&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=122167&amp;date=14.11.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508825&amp;date=14.11.2025&amp;dst=100012&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100384&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=479896&amp;date=14.11.2025&amp;dst=100012&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100385&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=492994&amp;date=14.11.2025&amp;dst=100036&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404828&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=14.11.2025&amp;dst=100047&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100400&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=499495&amp;date=14.11.2025&amp;dst=35&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=396570&amp;date=14.11.2025&amp;dst=100014&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=154445&amp;date=14.11.2025&amp;dst=100009&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100401&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=14.11.2025&amp;dst=100012&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100403&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=14.11.2025&amp;dst=100013&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100404&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=14.11.2025&amp;dst=100034&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404828&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=462820&amp;date=14.11.2025&amp;dst=100035&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100405&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100407&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="www.eias.ru" TargetMode="External"/>
+	<Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=503689&amp;date=14.11.2025" TargetMode="External"/>
+	<Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=492994&amp;date=14.11.2025&amp;dst=100038&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=154445&amp;date=14.11.2025&amp;dst=100010&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=396570&amp;date=14.11.2025&amp;dst=100016&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=14.11.2025&amp;dst=100018&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=492994&amp;date=14.11.2025&amp;dst=100040&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100286&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=14.11.2025&amp;dst=100342&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198170&amp;date=14.11.2025&amp;dst=100006&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486314&amp;date=14.11.2025&amp;dst=100025&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502888&amp;date=14.11.2025&amp;dst=100046&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=460671&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=14.11.2025&amp;dst=100015&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100409&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100409&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=14.11.2025&amp;dst=100017&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100409&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506884&amp;date=14.11.2025&amp;dst=100012&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395612&amp;date=14.11.2025&amp;dst=100014&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506884&amp;date=14.11.2025&amp;dst=100018&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395613&amp;date=14.11.2025&amp;dst=100010&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=14.11.2025&amp;dst=100019&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=14.11.2025&amp;dst=100020&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=14.11.2025&amp;dst=100015&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100411&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=14.11.2025&amp;dst=100015&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100413&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474810&amp;date=14.11.2025&amp;dst=100012&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=14.11.2025&amp;dst=100016&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=14.11.2025&amp;dst=100018&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=492994&amp;date=14.11.2025&amp;dst=100043&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=14.11.2025&amp;dst=100024&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=14.11.2025&amp;dst=100020&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410692&amp;date=14.11.2025&amp;dst=100016&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=460671&amp;date=14.11.2025&amp;dst=100011&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=14.11.2025&amp;dst=100025&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=14.11.2025&amp;dst=100027&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=14.11.2025&amp;dst=100028&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=14.11.2025&amp;dst=100038&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=14.11.2025&amp;dst=100021&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=14.11.2025&amp;dst=100029&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=14.11.2025&amp;dst=100030&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100416&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100418&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=14.11.2025&amp;dst=100033&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100420&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410692&amp;date=14.11.2025&amp;dst=100018&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395612&amp;date=14.11.2025&amp;dst=100016&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=14.11.2025&amp;dst=100034&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=14.11.2025&amp;dst=100039&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=14.11.2025&amp;dst=100022&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100421&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474810&amp;date=14.11.2025&amp;dst=100014&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=14.11.2025&amp;dst=100039&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=14.11.2025&amp;dst=100022&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=14.11.2025&amp;dst=100421&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474810&amp;date=14.11.2025&amp;dst=100015&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=14.11.2025&amp;dst=100036&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=14.11.2025&amp;dst=100035&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=427938&amp;date=14.11.2025&amp;dst=100010&amp;field=134" TargetMode="External"/><Relationship Target="media/Image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId332"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-[...1 lines deleted...]
-</Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-[...1 lines deleted...]
-</Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>КонсультантПлюс Версия 4024.00.50</Application>
-  <Company>КонсультантПлюс Версия 4024.00.50</Company>
+  <Application>КонсультантПлюс Версия 4025.00.30</Application>
+  <Company>КонсультантПлюс Версия 4025.00.30</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Постановление Правительства РФ от 29.12.2000 N 1021
-(ред. от 26.06.2025)
+(ред. от 30.08.2025)
 "О государственном регулировании цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводов до объектов капитального строите</dc:title>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </cp:coreProperties>
 </file>