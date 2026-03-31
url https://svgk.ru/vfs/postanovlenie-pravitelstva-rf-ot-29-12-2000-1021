--- v1 (2025-11-30)
+++ v2 (2026-03-31)
@@ -1,13606 +1,13853 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dor="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00C51609" w:rsidRPr="00C51609" w:rsidRDefault="00DB582B">
-[...54 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00C51609" w:rsidRPr="00C51609" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
-          <w:insideH w:val="nil"/>
         </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10716"/>
+        <w:gridCol w:w="10876"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00A6172B">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="3031" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="3031"/>
         </w:trPr>
-        <w:tblPrEx>
-[...8 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10716" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
             <w:pPr>
-              <w:pStyle w:val="5"/>
+              <w:pStyle w:val="ConsPlusTitlePage0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:noProof/>
                 <w:position w:val="-61"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="3810000" cy="904875"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip dor:embed="rId3">
+                          <a:blip r:embed="rId6">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3810000" cy="904875"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00A6172B">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="8335" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="8335"/>
         </w:trPr>
-        <w:tblPrEx>
-[...8 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10716" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusTitlePage0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Постановление Правительства РФ от 29.12.2000 N 1021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(ред. от 29.11.2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>"О государственном регулировании цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоед</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>инение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводов до объектов капитального строительства, и газопроводов, предназначенных для транспортировки газа от место</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рождений природного газа до магистрального газопровода, а также цен (стоимости) услуг по техническому обслуживанию единицы внутридомового газового оборудования в многоквартирном доме, единицы внутриквартирного газового оборудования в многоквартирном доме, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>единицы внутридомового газового оборудования в жилом доме и цен (стоимости) работ по установке и замене такого оборудования"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(вместе с "Основными положениями формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предн</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>азначенных для транспортировки газа от магистральных газопроводов до объектов капитального строительства, и газопроводов, предназначенных для транспортировки газа от месторождений природного газа до магистрального газопровода, а также цен (стоимости) услуг</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по техническому обслуживанию единицы внутридомового газового оборудования в многоквартирном доме, единицы внутриквартирного газового оборудования в многоквартирном доме, единицы внутридомового газового оборудования в жилом доме и цен (стоимости) работ по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>установке и замене такого оборудования")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6172B">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="3031"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10716" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...37 lines deleted...]
-            <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
             <w:pPr>
-              <w:pStyle w:val="5"/>
+              <w:pStyle w:val="ConsPlusTitlePage0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Документ предоставлен </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId4" w:tooltip="Ссылка на КонсультантПлюс">
+            <w:hyperlink r:id="rId7" w:tooltip="Ссылка на КонсультантПлюс">
               <w:r>
                 <w:rPr>
+                  <w:b/>
+                  <w:color w:val="0000FF"/>
                   <w:sz w:val="28"/>
-                  <w:color w:val="0000ff"/>
-                  <w:b w:val="on"/>
                 </w:rPr>
-                <w:t xml:space="preserve">КонсультантПлюс</w:t>
+                <w:t>КонсультантПлюс</w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:b/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="28"/>
+                </w:rPr>
                 <w:br/>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:b/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="28"/>
+                </w:rPr>
                 <w:br/>
               </w:r>
             </w:hyperlink>
-            <w:hyperlink w:history="0" dor:id="rId5" w:tooltip="Ссылка на КонсультантПлюс">
+            <w:hyperlink r:id="rId8" w:tooltip="Ссылка на КонсультантПлюс">
               <w:r>
                 <w:rPr>
+                  <w:b/>
+                  <w:color w:val="0000FF"/>
                   <w:sz w:val="28"/>
-                  <w:color w:val="0000ff"/>
-                  <w:b w:val="on"/>
                 </w:rPr>
-                <w:t xml:space="preserve">www.consultant.ru</w:t>
+                <w:t>www.consultant.ru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Дата сохранения: 14.11.2025</w:t>
+              <w:t>Дата</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
+              <w:t xml:space="preserve"> сохранения: 16.03.2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...1 lines deleted...]
-        <w:sectPr>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:sectPr w:rsidR="00A6172B">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="841" w:right="595" w:bottom="841" w:left="595" w:header="0" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="720"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="0"/>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="2"/>
         <w:outlineLvl w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ПРАВИТЕЛЬСТВО РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-        <w:pStyle w:val="2"/>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>от 29 декабря 2000 г. N 1021</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-        <w:pStyle w:val="2"/>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>О ГОСУДАРСТВЕННОМ РЕГУЛИРОВАНИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>ЦЕН НА ГАЗ, ТАРИФОВ НА УСЛУГИ ПО ЕГО ТРАНСПОРТИРОВКЕ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>ПЛАТЫ ЗА ТЕХНОЛОГИЧЕСКОЕ ПРИСОЕДИНЕНИЕ ГАЗОИСПОЛЬЗУЮЩЕГО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>ОБОРУДОВАНИЯ К ГАЗОРАСПРЕДЕЛИТЕЛЬНЫМ СЕТЯМ НА ТЕРРИТОРИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>РОССИЙСКОЙ ФЕДЕРАЦИИ И ПЛАТЫ ЗА ТЕХНОЛОГИЧЕСКОЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>ПРИСОЕДИНЕНИЕ К МАГИСТРАЛЬНЫМ ГАЗОПРОВОДАМ СТРОЯЩИХСЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>И РЕКОНСТРУИРУЕМЫХ ГАЗОПРОВОДОВ, ПРЕДНАЗ</w:t>
+      </w:r>
+      <w:r>
+        <w:t>НАЧЕННЫХ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>ДЛЯ ТРАНСПОРТИРОВКИ ГАЗА ОТ МАГИСТРАЛЬНЫХ ГАЗОПРОВОДОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>ДО ОБЪЕКТОВ КАПИТАЛЬНОГО СТРОИТЕЛЬСТВА, И ГАЗОПРОВОДОВ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>ПРЕДНАЗНАЧЕННЫХ ДЛЯ ТРАНСПОРТИРОВКИ ГАЗА ОТ МЕСТОРОЖДЕНИЙ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>ПРИРОДНОГО ГАЗА ДО МАГИСТРАЛЬНОГО ГАЗОПРОВОДА, А ТАКЖЕ ЦЕН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:spacing w:before="0"/>
+        <w:t>(СТОИМОСТИ) УСЛУГ ПО ТЕХНИЧЕСКОМУ ОБСЛУЖИВАНИЮ ЕДИНИЦЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ВНУТРИДОМОВОГО ГАЗОВОГО ОБОРУДОВАНИЯ В МНОГОКВАРТИРНОМ ДОМЕ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ЕДИНИЦЫ ВНУТРИКВАРТИРНОГО ГАЗОВОГО ОБОРУДОВАНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>В МНОГОКВАРТИРНОМ ДОМЕ, ЕДИНИЦЫ ВНУТРИДОМОВОГО ГАЗОВОГО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ОБОРУДОВАНИЯ В ЖИЛОМ ДОМЕ И ЦЕН (СТО</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ИМОСТИ) РАБОТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ПО УСТАНОВКЕ И ЗАМЕНЕ ТАКОГО ОБОРУДОВАНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
         <w:spacing w:after="1"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
-          <w:insideH w:val="nil"/>
         </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="60"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="9921"/>
         <w:gridCol w:w="113"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00A6172B">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="60" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CED3F1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="ced3f1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:tcW w:w="113" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="f4f3f8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="f4f3f8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>Список изменяющих документов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 22.05.2002 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:tooltip="Постановление Правительства РФ от 22.05.2002 N 328 &quot;О внесении изменений и дополнений в Постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 328</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 07.12.2006 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:tooltip="Постановление Правительства РФ от 07.12.2006 N 750 (ред. от 04.09.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 750</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>, от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28.05.2007 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 333</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 30.10.2007 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:tooltip="Постановление Правительства РФ от 30.10.2007 N 722 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  ------------ Утратил силу или">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 722</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 10.12.2008 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:tooltip="Постановление Правительства РФ от 10.12.2008 N 950 (ред. от 30.11.2022) &quot;Об участии органов исполнительной власти субъектов Российской Федерации в области государственного регулирования тарифов в осуществлении государственного регулирования и контроля деятельн">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 950</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 27.01.2009 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:tooltip="Постановление Правительства РФ от 27.01.2009 N 46 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 46</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 23.07.2009 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:tooltip="Постановление Правительства РФ от 23.07.2009 N 606 &quot;О внесении изменения в пункт 15.2 Основных положений формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 606</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 27.11.2010 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:tooltip="Постановление Правительства РФ от 27.11.2010 N 943 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 943</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 31.12.2010 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:tooltip="Постановление Правительства РФ от 31.12.2010 N 1205 (ред. от 24.11.2023) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1205</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 18.08.2011 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 685</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 24.11.2011 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:tooltip="Постановление Правительства РФ от 24.11.2011 N 972 &quot;О внесении изменения в пункт 16 Основных положений формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 972</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 27.01.2012 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 37</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>, от 16.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4.2012 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газо">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 323</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 13.11.2013 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:tooltip="Постановление Правительства РФ от 13.11.2013 N 1018 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1018</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 30.12.2013 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1314</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 15.04.2014 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 342 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам ценообразования на газ и подключения (технологического присоединения) объектов капитального строительс">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 342</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 19.06.2014 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 566</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 18.10.2014 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:tooltip="Постановление Правительства РФ от 18.10.2014 N 1074 (ред. от 04.09.2015) &quot;О порядке определения показателей надежности и качества услуг по транспортировке газа по газораспределительным сетям и о внесении изменения в постановление Правительства Российской Федер">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1074</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 03.12.2014 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:tooltip="Постановление Правительства РФ от 03.12.2014 N 1305 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1305</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 04.09.2015 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:tooltip="Постановление Правительства РФ от 04.09.2015 N 941 (ред. от 30.05.2025) &quot;О внесении изменений, признании утратившими силу некоторых актов Правительства Российской Федерации в связи с упразднением Федеральной службы по тарифам и об утверждении Правил принятия Ф">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 941</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 17.05.2016 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 432 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке и платы за технологическое присоединение газоиспользующего оборудов">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 432</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 27.12.2017 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:tooltip="Постановление Правительства РФ от 27.12.2017 N 1663 (ред. от 01.11.2021) &quot;О некоторых вопросах реализации газа в Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1663</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 30.01.2018 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:tooltip="Постановление Правительства РФ от 30.01.2018 N 82 (ред. от 31.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам совершенствования порядка подключения объектов капитального строительства к газораспределительным сетям">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 82</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 29.10.2018 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:tooltip="Постановление Правительства РФ от 29.10.2018 N 1282 (ред. от 01.11.2021) &quot;О некоторых вопросах реализации газа в Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1282</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30.11.2018 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1442</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 21.12.2018 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:tooltip="Постановление Правительства РФ от 21.12.2018 N 1622 (ред. от 09.10.2021) &quot;О внесении изменений и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1622</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 21.02.2019 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:tooltip="Постановление Правительства РФ от 21.02.2019 N 179 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 179</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 05.09.2019 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:tooltip="Постановление Правительства РФ от 05.09.2019 N 1164 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1164</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 19.03.2020 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:tooltip="Постановление Правительства РФ от 19.03.2020 N 305 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 305</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 24.11.2020 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:tooltip="Постановление Правительства РФ от 24.11.2020 N 1907 (ред. от 27.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации в части отмены обязанности представлять годовую бухгалтерскую (финансовую) отчетность в государственные органы&quot;  ">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1907</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 20.03.2021 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:tooltip="Постановление Правительства РФ от 20.03.2021 N 425 &quot;О внесении изменения в пункт 2 Основных положений формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке и платы за технологическое присоединение газоиспользующего ">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 425</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 13.09.2021 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1549</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 01.11.2021 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1899</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 07.05.2022 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:tooltip="Постановление Правительства РФ от 07.05.2022 N 826 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудова">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 826</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 10.06.2022 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:tooltip="Постановление Правительства РФ от 10.06.2022 N 1061 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1061</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 02.09.2022 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:tooltip="Постановление Правительства РФ от 02.09.2022 N 1554 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудов">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1554</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 26.10.2022 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:tooltip="Постановление Правительства РФ от 26.10.2022 N 1910 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудов">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1910</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 30.11.2022 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 2187</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 09.09.2023 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:tooltip="Постановление Правительства РФ от 09.09.2023 N 1477 (ред. от 06.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1477</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 24.11.2023 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1979</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>от 16.04.2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">024 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 484</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 11.12.2024 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 (ред. от 12.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1761</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 26.06.2025 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:tooltip="Постановление Правительства РФ от 26.06.2025 N 963 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 963</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 30.08.2025 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:tooltip="Постановление Правительства РФ от 30.08.2025 N 1330 &quot;О соглашениях об условиях осуществления регулируемых видов деятельности в области газоснабжения&quot; (вместе с &quot;Правилами заключения, изменения, прекращения и расторжения соглашений об условиях осуществления рег">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1330</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 29.11.2025 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:tooltip="Постановление Правительства РФ от 29.11.2025 N 1962 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1962</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 29.11.2025 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:tooltip="Постановление Правительства РФ от 29.11.2025 N 1967 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1967</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...928 lines deleted...]
-            <w:tcW w:w="113" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="f4f3f8"/>
-[...5 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p/>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...155 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>В целях реализации государственной политики в области газоснабжения в Российской Федерации Правительство Российской Федерации постановляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1. Утвер</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">дить прилагаемые Основные положения формирования и государственного </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Россий</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводов до объектов капитального строительства, и газопроводов, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>предназначенных для транспортировки газа от месторождений природного газа до магистрального газопровода, а также цен (стоимости) услуг по техническому обслуживанию единицы внутридомового газового оборудования в многоквартирном доме, единицы внутриквартирно</w:t>
+      </w:r>
+      <w:r>
+        <w:t>го газового оборудования в многоквартирном доме, единицы внутридомового газового оборудования в жилом доме и цен (стоимости) работ по установке и замене такого оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 01.11.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1899</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 29.11.2025 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:tooltip="Постановление Правительства РФ от 29.11.2025 N 1967 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1967</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2. Установить, что с 1 января 2001 г. организации, осуществляющие добычу, транспортировку и реализацию природного газа, обязаны вести раздельный учет продукции (услуг) и затр</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ат на ее производство по следующим видам деятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>добыча природного газа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>услуги по транспортировке природного газа по трубопроводам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>хранение природного газа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>услуги по поставке (реализации) природного газа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3. Федеральному органу исполнительной власти в сфере государственного регулирования цен (тарифов) по согласованию с Министерством экономического развития и торговли Российской Федерации утвердить методические указания по расчету регулируемых цен на газ и т</w:t>
+      </w:r>
+      <w:r>
+        <w:t>арифов на услуги по его транспортировке с внесением, при необходимости, в установленном порядке изменений в формы федерального государственного статистического наблюдения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId53" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:hyperlink r:id="rId57" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...36 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Министерству экономического развития и торговли Российской Федерации в первом полугодии 2002 г. разработать совместно с федеральным органом исполнительной власти в сфере государственного регулирования цен (тарифов) и утвердить методику определения размера</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> основных средств, иных материальных и финансовых активов, используемых в регулируемых видах деятельности, в целях применения при регулировании цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Правительства РФ от 22.05.2002 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:tooltip="Постановление Правительства РФ от 22.05.2002 N 328 &quot;О внесении изменений и дополнений в Постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 328</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:t xml:space="preserve">, от 28.05.2007 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId55" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
-[...37 lines deleted...]
-        </w:rPr>
+      <w:hyperlink r:id="rId59" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 333</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>5. Федеральному органу исполнительной власти в сфере государственного регулирования цен (тарифов) по согласованию с Министе</w:t>
+      </w:r>
+      <w:r>
+        <w:t>рством экономического развития и торговли Российской Федерации с участием открытого акционерного общества "Газпром" разработать и в первом полугодии 2002 г. утвердить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId56" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:hyperlink r:id="rId60" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...18 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId61" w:tooltip="Приказ ФСТ России от 23.08.2005 N 388-э/1 (ред. от 21.10.2014) &quot;Об утверждении Методики расчета тарифов на услуги по транспортировке газа по магистральным газопроводам&quot; (Зарегистрировано в Минюсте России 19.10.2005 N 7102)  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>методику</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:t xml:space="preserve"> расчета тарифов на услуги по транспортировке газа по магистральным газопроводам;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...21 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">порядок расчета за газ, закупаемый по импорту и реализуемый на </w:t>
+      </w:r>
+      <w:r>
+        <w:t>внутреннем рынке Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">(п. 5 в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId58" w:tooltip="Постановление Правительства РФ от 22.05.2002 N 328 &quot;О внесении изменений и дополнений в Постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:hyperlink r:id="rId62" w:tooltip="Постановление Правительства РФ от 22.05.2002 N 328 &quot;О внесении изменений и дополнений в Постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:t xml:space="preserve"> Правительства РФ от 22.05.2002 N 328)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...11 lines deleted...]
-        <w:pStyle w:val="0"/>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="P58"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P205" w:tooltip="д) добытого публичным акционерным обществом &quot;Газпром&quot; и его аффилированными лицами и реализованного по договору поставки газа третьим лицам в объеме, подлежащем коммерческой балансировке, предусмотренной Правилами поставки газа в Российской Федерации, утвержде">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Подпункт "д" пункта 4(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Основных положений формирования и</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоеди</w:t>
+      </w:r>
+      <w:r>
+        <w:t>нение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводов до объектов капитального строительства, и газопроводов, предназначенных для транспортировки газа от местор</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ождений природного газа до магистрального газопровода, утвержденных настоящим постановлением, действует до 1 марта 2029 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 6 введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:tooltip="Постановление Правительства РФ от 29.11.2025 N 1962 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 29.11.2025 N 1962)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="0"/>
+        <w:t>Председатель Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="0"/>
+        <w:t>Российской Федерации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...57 lines deleted...]
-        <w:pStyle w:val="0"/>
+        <w:t>М.КА</w:t>
+      </w:r>
+      <w:r>
+        <w:t>СЬЯНОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="right"/>
         <w:outlineLvl w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Утверждены</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="0"/>
+        <w:t>Постановлением Правительства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="0"/>
+        <w:t>Российской Федерации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...29 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>от 29 декабря 2000 г. N 1021</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>ОСНОВНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>ФОРМИРОВАНИЯ И ГОСУДАРСТВЕННОГО РЕГУЛИРОВАНИЯ ЦЕН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>НА ГАЗ, ТАРИФОВ НА УСЛУГИ ПО ЕГО ТРАНСПОРТИРОВКЕ, ПЛАТЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>ЗА ТЕХНОЛОГИЧЕСКОЕ ПРИСОЕДИНЕНИЕ ГАЗОИСПОЛЬЗУЮЩЕГО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>ОБОРУДОВАНИЯ К ГАЗОРАСПРЕДЕЛИТЕЛЬНЫМ СЕТЯМ НА ТЕРРИТОРИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>РОССИЙСКОЙ ФЕДЕРАЦИИ И ПЛАТЫ ЗА ТЕХНОЛОГИЧЕСКОЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>ПРИСОЕДИНЕНИЕ К МАГИСТРАЛЬНЫМ ГАЗОПРОВОДАМ СТРОЯЩИХСЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>И РЕКОНСТРУИРУЕМЫХ ГАЗОПРОВОДОВ, ПРЕДНАЗНАЧЕНН</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ЫХ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>ДЛЯ ТРАНСПОРТИРОВКИ ГАЗА ОТ МАГИСТРАЛЬНЫХ ГАЗОПРОВОДОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>ДО ОБЪЕКТОВ КАПИТАЛЬНОГО СТРОИТЕЛЬСТВА, И ГАЗОПРОВОДОВ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>ПРЕДНАЗНАЧЕННЫХ ДЛЯ ТРАНСПОРТИРОВКИ ГАЗА ОТ МЕСТОРОЖДЕНИЙ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:spacing w:before="0"/>
+        <w:t>ПРИРОДНОГО ГАЗА ДО МАГИСТРАЛЬНОГО ГАЗОПРОВОДА, А ТАКЖЕ ЦЕН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(СТОИМОСТИ) УСЛУГ ПО ТЕХНИЧЕСКОМУ ОБСЛУЖИВАНИЮ ЕДИНИЦЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ВНУТРИДОМОВОГО ГАЗОВОГО ОБОРУДОВАНИЯ В МНОГОКВАРТИРНОМ ДОМЕ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ЕДИНИЦЫ ВНУТРИКВАРТИРНОГО ГАЗОВОГО ОБОРУДОВАНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>В МНОГОКВАРТИРНОМ ДОМЕ, ЕДИНИЦЫ ВНУТРИДОМОВОГО ГАЗОВОГО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ОБОРУДОВАНИЯ В ЖИЛОМ ДОМЕ И ЦЕН (СТО</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ИМОСТИ) РАБОТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ПО УСТАНОВКЕ И ЗАМЕНЕ ТАКОГО ОБОРУДОВАНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
         <w:spacing w:after="1"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
-          <w:insideH w:val="nil"/>
         </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="60"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="9921"/>
         <w:gridCol w:w="113"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00A6172B">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="60" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CED3F1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="ced3f1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:tcW w:w="113" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="f4f3f8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="f4f3f8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>Список изменяющих документов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 22.05.2002 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:tooltip="Постановление Правительства РФ от 22.05.2002 N 328 &quot;О внесении изменений и дополнений в Постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 328</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 07.12.2006 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:tooltip="Постановление Правительства РФ от 07.12.2006 N 750 (ред. от 04.09.2015) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 750</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 28.05.2007 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 333</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 30.10.2007 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:tooltip="Постановление Правительства РФ от 30.10.2007 N 722 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  ------------ Утратил силу или">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 722</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 10.12.2008 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:tooltip="Постановление Правительства РФ от 10.12.2008 N 950 (ред. от 30.11.2022) &quot;Об участии органов исполнительной власти субъектов Российской Федерации в области государственного регулирования тарифов в осуществлении государственного регулирования и контроля деятельн">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 950</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 27.01.2009 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:tooltip="Постановление Правительства РФ от 27.01.2009 N 46 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 46</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 23.07.2009 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:tooltip="Постановление Правительства РФ от 23.07.2009 N 606 &quot;О внесении изменения в пункт 15.2 Основных положений формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 606</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 27.11.2010 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:tooltip="Постановление Правительства РФ от 27.11.2010 N 943 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 943</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>, от 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.12.2010 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:tooltip="Постановление Правительства РФ от 31.12.2010 N 1205 (ред. от 24.11.2023) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1205</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 18.08.2011 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 685</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 24.11.2011 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:tooltip="Постановление Правительства РФ от 24.11.2011 N 972 &quot;О внесении изменения в пункт 16 Основных положений формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 972</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 27.01.2012 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 37</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 16.04.2012 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газо">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 323</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 13.11.2013 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:tooltip="Постановление Правительства РФ от 13.11.2013 N 1018 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1018</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 30.12.2013 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1314</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 15.04.2014 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 342 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам ценообразования на газ и подключения (технологического присоединения) объектов капитального строительс">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 342</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 19.06.2014 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 566</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 18.10.2014 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:tooltip="Постановление Правительства РФ от 18.10.2014 N 1074 (ред. от 04.09.2015) &quot;О порядке определения показателей надежности и качества услуг по транспортировке газа по газораспределительным сетям и о внесении изменения в постановление Правительства Российской Федер">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1074</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 03.12.2014 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:tooltip="Постановление Правительства РФ от 03.12.2014 N 1305 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1305</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 04.09.2015 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:tooltip="Постановление Правительства РФ от 04.09.2015 N 941 (ред. от 30.05.2025) &quot;О внесении изменений, признании утратившими силу некоторых актов Правительства Российской Федерации в связи с упразднением Федеральной службы по тарифам и об утверждении Правил принятия Ф">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 941</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 17.05.2016 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 432 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке и платы за технологическое присоединение газоиспользующего оборудов">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 432</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 27.12.2017 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:tooltip="Постановление Правительства РФ от 27.12.2017 N 1663 (ред. от 01.11.2021) &quot;О некоторых вопросах реализации газа в Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1663</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 30.01.2018 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:tooltip="Постановление Правительства РФ от 30.01.2018 N 82 (ред. от 31.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам совершенствования порядка подключения объектов капитального строительства к газораспределительным сетям">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 82</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 29.10.2018 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:tooltip="Постановление Правительства РФ от 29.10.2018 N 1282 (ред. от 01.11.2021) &quot;О некоторых вопросах реализации газа в Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1282</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 30.11.2018 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1442</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 21.12.2018 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:tooltip="Постановление Правительства РФ от 21.12.2018 N 1622 (ред. от 09.10.2021) &quot;О внесении изменений и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1622</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 21.02.2019 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:tooltip="Постановление Правительства РФ от 21.02.2019 N 179 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 179</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 05.09.2019 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:tooltip="Постановление Правительства РФ от 05.09.2019 N 1164 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1</w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>164</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 19.03.2020 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:tooltip="Постановление Правительства РФ от 19.03.2020 N 305 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 305</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 24.11.2020 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:tooltip="Постановление Правительства РФ от 24.11.2020 N 1907 (ред. от 27.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации в части отмены обязанности представлять годовую бухгалтерскую (финансовую) отчетность в государственные органы&quot;  ">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1907</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 20.03.2021 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:tooltip="Постановление Правительства РФ от 20.03.2021 N 425 &quot;О внесении изменения в пункт 2 Основных положений формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке и платы за технологическое присоединение газоиспользующего ">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 425</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 13.09.2021 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1549</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 01.11.2021 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1899</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 07.05.2022 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:tooltip="Постановление Правительства РФ от 07.05.2022 N 826 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудова">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 826</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 10.06.2022 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:tooltip="Постановление Правительства РФ от 10.06.2022 N 1061 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1061</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 02.09.2022 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:tooltip="Постановление Правительства РФ от 02.09.2022 N 1554 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудов">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1554</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 26.10.2022 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:tooltip="Постановление Правительства РФ от 26.10.2022 N 1910 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудов">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1910</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 30.11.2022 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 2187</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>, от 09.09.2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:tooltip="Постановление Правительства РФ от 09.09.2023 N 1477 (ред. от 06.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1477</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 24.11.2023 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1979</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 16.04.2024 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 484</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 11.12.2024 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 (ред. от 12.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1761</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 26.06.2025 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:tooltip="Постановление Правительства РФ от 26.06.2025 N 963 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 963</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>от 30.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8.2025 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:tooltip="Постановление Правительства РФ от 30.08.2025 N 1330 &quot;О соглашениях об условиях осуществления регулируемых видов деятельности в области газоснабжения&quot; (вместе с &quot;Правилами заключения, изменения, прекращения и расторжения соглашений об условиях осуществления рег">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1330</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 29.11.2025 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:tooltip="Постановление Правительства РФ от 29.11.2025 N 1962 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1962</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 29.11.2025 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:tooltip="Постановление Правительства РФ от 29.11.2025 N 1967 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>N 1967</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...928 lines deleted...]
-            <w:tcW w:w="113" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="f4f3f8"/>
-[...5 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p/>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...11 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>I. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. Настоящие Основные положения, разработанные в соответствии с Федеральным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId110" w:tooltip="Федеральный закон от 31.03.1999 N 69-ФЗ (ред. от 27.10.2025) &quot;О газоснабжении в Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> "О газ</w:t>
+      </w:r>
+      <w:r>
+        <w:t>оснабжении в Российской Федерации", определяют принципы формирования цен на газ, добываемый на территории Российской Федерации, и тарифов на услуги по его транспортировке на территории Российской Федерации по магистральным газопроводам и газораспределитель</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ным сетям, цен на сжиженный газ, реализуемый населению для бытовых нужд, а также порядок определения размера платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и стандартиз</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ированных тарифных ставок, определяющих ее величину, и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводов до объектов капита</w:t>
+      </w:r>
+      <w:r>
+        <w:t>льного строительства, и газопроводов, предназначенных для транспортировки газа от месторождений природного газа до магистрального газопровода (далее - технологическое присоединение к магистральным газопроводам), а также цен (стоимости) услуг по техническом</w:t>
+      </w:r>
+      <w:r>
+        <w:t>у обслуживанию единицы внутридомового газового оборудования в многоквартирном доме, единицы внутриквартирного газового оборудования в многоквартирном доме, единицы внутридомового газового оборудования в жилом доме, предусмотренных утвержденным Правительств</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ом Российской Федерации минимальным перечнем услуг (работ) по техническому обслуживанию и ремонту внутридомового газового оборудования в многоквартирном доме, внутриквартирного газового оборудования в многоквартирном доме и внутридомового газового оборудов</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ания в жилом доме (далее - минимальный перечень), и цен (стоимости) работ по установке (за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId111" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1547 (ред. от 17.09.2024) &quot;Об утверждении Правил подключения (технологического присоединения) газоиспользующего оборудования и объектов капитального строительства к сетям газораспределения и о признании утратившим">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>П</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>равилами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> подключения (технологического присоединения) газоиспользующего оборудования и объектов капитального строительства к сетям газораспределения, утвержденными постановлением Правительства Российской Федерации от 13 сентября 2021 г. N 1547 "Об утвержде</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">нии Правил подключения (технологического присоединения) газоиспользующего оборудования и объектов капитального строительства к сетям газораспределения и о признании утратившими силу некоторых актов Правительства Российской </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Федерации" (далее - правила техно</w:t>
+      </w:r>
+      <w:r>
+        <w:t>логического присоединения газоиспользующего оборудования к газораспределительным сетям) и замене такого оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 30.12.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId112" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1314</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId113" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1442</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 01.11.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId114" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1899</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, от 29.11.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId115" w:tooltip="Постановление Правительства РФ от 29.11.2025 N 1967 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1967</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2. Понятия, используемые в настоящих Основных положениях, означают следующее:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>потребитель газа - лицо, приобретающее газ для собственных бытовых нужд, а также собственных производственных или иных хозяйственных нужд;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId116" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>"независимая газотранспортная организация" - организация, оказывающая услуги по транс</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">портировке газа по газопроводам, принадлежащим ей на праве собственности или на ином законном основании, а также являющаяся независимой от организаций - собственников систем газоснабжения (Единой системы газоснабжения, региональных систем газоснабжения) и </w:t>
+      </w:r>
+      <w:r>
+        <w:t>организаций - собственников газораспределительных систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>"оптовая цена на газ, определяемая в диапазоне между предельными максимальным и минимальным уровнями оптовых цен" - оптовая цена на газ, определяемая на выходе из системы магистральных газопроводов по соглашению сторон при заключении договоров поставки газ</w:t>
+      </w:r>
+      <w:r>
+        <w:t>а (в том числе долгосрочных) его потребителям соответствующих групп;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId117" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333, в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId118" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>"предельный максимальный уровень оптовых цен на газ" - уровень оптовых цен, превышение которого в договорах поставки газа не допускается;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId119" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>"предельный минимальный уровень оптовых цен на газ" - уровень оптовых цен, ниже которого установление стоимости газа в договорах поставки газа не допускается;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId120" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>П</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>остановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>"регулируемый вид деятельности" - вид деятельности, при выполнении которого расчеты за поставляемый газ (услуги по его транспортировке), услуги по подключению (технологическому присоединению) объектов кап</w:t>
+      </w:r>
+      <w:r>
+        <w:t>итального строительства к сетям газораспределения и расчеты за технологическое присоединение к магистральным газопроводам осуществляются исходя из цен и тарифов, регулируемых государством;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 30.12.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId121" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1314</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 01.11.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId122" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1899</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>"розничная цена на газ" - цена на газ, реализуемый населению</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> для удовлетворения личных, семейных, домашних и иных нужд (кроме газа для заправки автотранспортных средств), не связанных с осуществлением предпринимательской (профессиональной) деятельности, за исключением розничных цен на сжиженный газ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(в ред. Постано</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">влений Правительства РФ от 18.08.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId123" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 685</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId124" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1442</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>"розничная цена на сжиженный газ" - цена на сжиж</w:t>
+      </w:r>
+      <w:r>
+        <w:t>енный газ, реализуемый населению для бытовых нужд, кроме газа для заправки автотранспортных средств, не связанных с осуществлением предпринимательской (профессиональной) деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId125" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.11.2018 N 1442)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>"цена на газ", "тарифы на услуги по транспортировке газа", "плата за снабженческо-сбытовые услуги" - система ценовых ставок, по которым осуществляются р</w:t>
+      </w:r>
+      <w:r>
+        <w:t>асчеты за поставляемый газ, оказываются услуги по его транспортировке или приобретению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>"регулируемая оптовая цена на газ" - утвержденная в установленном порядке цена на газ, по которой он должен реализовываться поставщиками газа (газоснабжающими организац</w:t>
+      </w:r>
+      <w:r>
+        <w:t>иями) непосредственно потребителям газа или организациям для дальнейшей продажи потребителям газа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 27.01.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId126" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 37</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.12.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId127" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1314</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 24.11.2023 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId128" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1979</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>на выходе из системы магистральног</w:t>
+      </w:r>
+      <w:r>
+        <w:t>о газопроводного транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId129" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 27.01.2012 N 37)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>на входе в газораспределительные сети (в случае отсут</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ствия в схеме поставки газа магистральных газопроводов);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId130" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 27.01.2012 N 37)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>на входе в приемную емкос</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ть, технологически связанную с газораспределительными сетями или с сетями потребителя газа, для последующего хранения сжиженного природного газа и его регазификации (в случае применения в процессе поставки технологий по сжижению газа), если потребители газ</w:t>
+      </w:r>
+      <w:r>
+        <w:t>а относятся к категории "население";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 27.01.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId131" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 37</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.12.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId132" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1314</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId133" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1442</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">"переходный период" - </w:t>
+      </w:r>
+      <w:r>
+        <w:t>период с 2011 года по 2017 год включительно, в течение которого осуществляются мероприятия по созданию условий для практического внедрения рыночных принципов ценообразования на газ, поставляемый публичным акционерным обществом "Газпром" и его аффилированны</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ми лицами (включая применение формулы цены на газ, предусматривающей достижение равной доходности поставок газа на внешний и внутренний рынки и учитывающей стоимость альтернативных видов топлива), и подготовке к переходу от государственного регулирования о</w:t>
+      </w:r>
+      <w:r>
+        <w:t>птовых цен на газ к государственному регулированию тарифов на услуги по его транспортировке по магистральным газопроводам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId134" w:tooltip="Постановление Правительства РФ от 31.12.2010 N 1205 (ред. от 24.11.2023) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 31.12.2010 N 1205, в ред. Постановлений Правительства РФ от 15.04.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId135" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 342 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам ценообразования на газ и подключения (технологического присоединения) объектов капитального строительс">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>342</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId136" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1442</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">"регулируемая плата за снабженческо-сбытовые услуги" - утвержденная в установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId137" w:tooltip="Приказ ФСТ РФ от 03.02.2011 N 38-э &quot;Об утверждении Административного регламента исполнения государственной функции Федеральной службы по тарифам по регулированию размера платы за снабженческо-сбытовые услуги, оказываемые конечным потребителям поставщиками газа">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>порядке</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> плата за снабженческо-сбытовые услуги, оказываемые потребителям газа его поставщиками (газоснабжающими организациями), взимаемая сверх регулируемой оптовой це</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ны на газ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId138" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>"приемная емкость" - криогенный резервуар, использующийся</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> для хранения и регазификации сжиженного природного газа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId139" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 27.01.2012 N 37)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>"регазификация сжиженного природного газа" - процесс преобразования сжиженного природного газа из жидкого состояния в газообразное;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId140" w:tooltip="Постановление Правительства РФ от 27.01.2012 N 37 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 27.01.2012 N 37)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>"население" - для целей настоящих Основных положений к данной категории относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId141" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 18.08.2011 N 685)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">физические лица </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(граждане) - собственники (наниматели) жилого помещения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId142" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 18.08.2011 N 685)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>лица, приобретающие газ, в том числе исполнители коммунальных услуг, для его использования в котель</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ных всех типов и (или) ином оборудовании для производства электрической и (или) тепловой энергии в целях удовлетворения бытовых нужд жильцов многоквартирных домов, находящихся в общей долевой собственности собственников помещений в указанных многоквартирны</w:t>
+      </w:r>
+      <w:r>
+        <w:t>х домах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId143" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 18.08.2011 N 685)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>иные лица, приобретающие газ, потребляемый физическими лицами (гражданами), а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId144" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 18.08.2011 N 685)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>исполнители коммунальных услуг (управляющие организации, товарищества собственников жилья, жилищно-строительные, жилищные или иные специализированные потребительские кооперативы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId145" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 18.08.2011 N 685)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>наймодатели (или уполномоченные ими лица), предоставляющие гражданам жилые помещения специализированного жилищного фонда, - служебные жилые помещения, жилые помещения в общежитиях, жилые помещения маневренного фонда, жилые помещения в домах системы социаль</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ного обслуживания населения, жилые помещения фонда для временного поселения вынужденных переселенцев и временного поселения лиц, признанных беженцами, жилые помещения для социальной защиты отдельных категорий граждан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId146" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 18.08.2011 N 685)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>садоводческие или огороднические некоммерческие товарищества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId147" w:tooltip="Постановление Правительства РФ от 21.12.2018 N 1622 (ред. от 09.10.2021) &quot;О внесении изменений и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 21.12.2018 N 1622)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>религиозн</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ые организации, приобретающие газ для его использования в котельных всех типов и (или) оборудовании, находящихся у них на праве собственности или ином законном основании, для производства электро- и (или) тепловой энергии в целях удовлетворения бытовых нуж</w:t>
+      </w:r>
+      <w:r>
+        <w:t>д на объектах, специально предназначенных для богослужения, молитвенных и религиозных собраний, а также для всего монастырского или храмового комплекса, в том числе трапезных, помещений, используемых религиозными организациями для обучения религии, монашес</w:t>
+      </w:r>
+      <w:r>
+        <w:t>кой жизнедеятельности, временного проживания паломников, помещений, не имеющих религиозного назначения и предназначенных для обслуживания имущества религиозного назначения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId148" w:tooltip="Постановление Правительства РФ от 20.03.2021 N 425 &quot;О внесении изменения в пункт 2 Основных положений формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке и платы за технологическое присоединение газоиспользующего ">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 20.03.2021 N 425)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>"газоиспользующее оборудование" - котлы, плиты, производственные печи, технологические линии, утилизаторы, генераторы электрического тока и други</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">е установки, использующие газ в </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>качестве топлива в целях выработки тепловой энергии для централизованного и автономного отопления, выработки электрической энергии, горячего водоснабжения, пищеприготовления, в технологических процессах различных производств</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, а также другие приборы, аппараты, агрегаты, технологическое оборудование и установки, использующие газ в качестве сырья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId149" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Регулируемая оптовая цена и плата за снабженческо-сбытовые услуги распространяются на газ, добываемый публичным акционерным обществом "Газпром" и его аффилированными лицами, а также собственника</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ми региональных систем газоснабжения, за исключением случаев, определенных </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P198" w:tooltip="4(1). Государственное регулирование оптовых цен на газ, предусмотренное настоящими Основными положениями, не применяется в отношении природного газа:">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пунктом 4(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Основных положений. Цена на газ, добываемый публичным акционерным обществом "Газпром" и его аффилированными лицами, при его перепродаже публичному акционерному обществу "Газпром" и (или) его аффилированным лицам после входа в систем</w:t>
+      </w:r>
+      <w:r>
+        <w:t>у магистрального газопроводного транспорта вне места (точки) определения регулируемых оптовых цен на газ (за исключением оптовых цен на природный газ, реализуемый на организованных торгах), не может превышать регулируемую оптовую цену, установленную в соот</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ветствии с настоящими Основными положениями для субъекта Российской Федерации, в котором осуществляется перепродажа газа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 30.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId150" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1442</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 02.09.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId151" w:tooltip="Постановление Правительства РФ от 02.09.2022 N 1554 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудов">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1554</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Иные понятия, используемые в настоящих Основных положениях, соответствую</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">т определениям, содержащимся в Федеральном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId152" w:tooltip="Федеральный закон от 31.03.1999 N 69-ФЗ (ред. от 27.10.2025) &quot;О газоснабжении в Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>законе</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> "О газоснабжении в Российской Федерации", а также в иных нормативных правовых актах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3. Цена на газ для потребителя газа на границе раздела газораспределительных сетей и сетей потребителя газа формируется из регулируем</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ых оптовой цены на газ или оптовой цены на газ, определяемой по соглашению сторон с учетом установленных предельных уровней, тарифов на услуги по его транспортировке по газораспределительным сетям, специальных надбавок к тарифам на услуги по транспортировк</w:t>
+      </w:r>
+      <w:r>
+        <w:t>е газа по газораспределительным сетям, предназначенных для финансирования программ газификации, и платы за снабженческо-сбытовые услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.05.2007 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId153" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 333</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 27.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId154" w:tooltip="Постановление Правительства РФ от 27.11.2010 N 943 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 943</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, от 3</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">0.12.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId155" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1314</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>При присоединении сетей потребителя газа непосредственно к системе магистрального газопроводного транспорта цен</w:t>
+      </w:r>
+      <w:r>
+        <w:t>а на газ для потребителя газа на границе раздела магистральных газопроводов и сетей потребителя газа формируется из регулируемых оптовой цены на газ или оптовой цены на газ, определяемой по соглашению сторон с учетом установленных предельных уровней, и пла</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ты за снабженческо-сбытовые услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.05.2007 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId156" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 333</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.12.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId157" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1314</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>В случае если в осуществлении поставок газа потребителям газа участвует несколько организаций, регулируемая плата за снабженческо-сбытовые услуги, взимаемая с потребителей газа, распределяется между организациями по соглашению сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId158" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3(1). В настоящих Основных положениях при расчете максимального часового расхо</w:t>
+      </w:r>
+      <w:r>
+        <w:t>да газа используются условия определения объема газа, характеризуемые температурой 20 градусов Цельсия, давлением 760 мм рт. ст., влажностью 0 процентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 3(1) введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId159" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...68 lines deleted...]
-        </w:rPr>
+        <w:outlineLvl w:val="1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="P177"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>II. Государственное регулирование цен (тарифов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>4. Государственному регулированию на территории Российской Федерации подлежат:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>а) оптовые цены на газ в случаях</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, предусмотренных настоящими Основными положениями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 16.04.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId160" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газо">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 323</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 19.06.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId161" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 566</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:t xml:space="preserve">, от 30.11.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId105" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
-[...66 lines deleted...]
-        </w:rPr>
+      <w:hyperlink r:id="rId162" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1442</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="P182"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:t>б) тарифы на услуги по транспортировке</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> газа по магистральным газопроводам для независимых организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>в) тарифы на услуги по транспортировке газа по газопроводам, принадлежащим независимым газотранспортным организациям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>г) тарифы на услуги по транспортировке газа по газораспределительным сетя</w:t>
+      </w:r>
+      <w:r>
+        <w:t>м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="P185"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:t>д) размер платы за снабженческо-сбытовые услуги, оказываемые потребителям газа его поставщиками (при регулировании оптовых цен на газ);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId107" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:hyperlink r:id="rId163" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...65 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>е) розничные цены на газ, реализуемый населению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>е(1)) розничная цена на сжиженный газ, реализуемый населению для бытовых нужд;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(пп. "е(1)" введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId164" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.11.2018 N 1442)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ж) специальные надбавки к тарифам на услуги по транспортировке газа по газораспределительным сетям, предназначенные для финансирован</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ия программ газификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(пп. "ж" введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId165" w:tooltip="Постановление Правительства РФ от 27.11.2010 N 943 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 27.11.2010 N 943)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>з) плата за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) стандартизированные тарифные ставки, оп</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ределяющие ее величину;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(пп. "з" введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId166" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1724 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>и) плата за технологическое присоед</w:t>
+      </w:r>
+      <w:r>
+        <w:t>инение к магистральным газопроводам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">(пп. "и" введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId158" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:hyperlink r:id="rId167" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:t xml:space="preserve"> Правительства РФ от 01.11.2021 N 1899)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="182" w:name="P182"/>
-[...67 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>к) цена (стоимость) услуг по техническому обслуживанию единицы внутридомового газового оборудования в многоквартирном доме, единицы внутриквартирного газового оборудования в многоквартирном доме, единицы внутридомового газового оборудования в жилом доме, п</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">редусмотренных минимальным перечнем, а также цена (стоимость) работ по установке (за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId168" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1547 (ред. от 17.09.2024) &quot;Об утверждении Правил подключения (технологического присоединения) газоиспользующего оборудования и объектов капитального строительства к сетям газораспределения и о признании утратившим">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>правила</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>ми</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> технологического присоединения газоиспользующего оборудования к газораспределительным сетям) и замене такого оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(пп. "к" введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId169" w:tooltip="Постановление Правительства РФ от 29.11.2025 N 1967 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 29.11.2025 N 1967)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="P198"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t>4(1). Государственное регулирование оптовых цен на газ, предусмотренное настоящими Основными положениями, не применяется в отношении природного газа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>а) реализуемого публичным акционерным общ</w:t>
+      </w:r>
+      <w:r>
+        <w:t>еством "Газпром" и его аффилированными лицами на организованных торгах в объемах, определяемых Правительством Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>б) реализуемого публичным акционерным обществом "Газпром" и его аффилированными лицами организациям для производства природн</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ого газа в сжиженном состоянии для последующего экспорта и организациям, заключившим договоры поставки газа после 1 ноября 2018 г., предусматривающие начало поставки природного газа после 1 января 2020 г., для производства метанола из газа природного в газ</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ообразном состоянии для последующего экспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>в) производимого с применением технологии по сжижению газа и (или) его регазификации из газа, добываемого публичным акционерным обществом "Газпром" и его аффилированными лицами, собственниками региональных сис</w:t>
+      </w:r>
+      <w:r>
+        <w:t>тем газоснабжения и поставляемого потребителям, не относящимся к категории "население";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">г) добываемого организациями, созданными во исполнение </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId159" w:tooltip="Указ Президента РФ от 17.11.1992 N 1403 (ред. от 30.05.2019) &quot;Об особенностях приватизации и преобразования в акционерные общества государственных предприятий, производственных и научно-производственных объединений нефтяной, нефтеперерабатывающей промышленности и нефтепродуктообеспечения&quot;  {КонсультантПлюс}">
-[...270 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId170" w:tooltip="Указ Президента РФ от 17.11.1992 N 1403 (ред. от 30.05.2019) &quot;Об особенностях приватизации и преобразования в акционерные общества государственных предприятий, производственных и научно-производственных объединений нефтяной, нефтеперерабатывающей промышленност">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Указа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> П</w:t>
+      </w:r>
+      <w:r>
+        <w:t>резидента Российской Федерации от 17 ноября 1992 г. N 1403 "Об особенностях приватизации и преобразования в акционерные общества государственных предприятий, производственных и научно-производственных объединений нефтяной, нефтеперерабатывающей промышленно</w:t>
+      </w:r>
+      <w:r>
+        <w:t>сти и нефтепродуктообеспечения" (кроме организаций, являющихся собственниками региональных систем газоснабжения);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:after="1"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
-          <w:insideH w:val="nil"/>
         </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="60"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="9921"/>
         <w:gridCol w:w="113"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00A6172B">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="60" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CED3F1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="ced3f1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:tcW w:w="113" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="f4f3f8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="f4f3f8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>КонсультантПлюс: примечание.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Пп. "д" п. 4.1 </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="P58" w:tooltip="6. Подпункт &quot;д&quot; пункта 4(1) Основных положений формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>действует</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 01.03.2029.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...61 lines deleted...]
-            <w:tcW w:w="113" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="f4f3f8"/>
-[...5 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p/>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...36 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="300"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="P205"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:t xml:space="preserve">д) добытого публичным акционерным обществом "Газпром" и его аффилированными лицами и реализованного по договору поставки газа третьим лицам в объеме, подлежащем коммерческой балансировке, предусмотренной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId171" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1901 (ред. от 29.11.2025) &quot;Об утверждении Правил поставки газа в Российской Федерации, а также о внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу некоторых актов ">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Правилами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> поставки газа в Российской Федерации, утвержденными постановлением Правительства Российской Федерации от 1 ноября 2021 г. N 1901 "Об утверждении Правил поставки газа в Рос</w:t>
+      </w:r>
+      <w:r>
+        <w:t>сийской Федерации, а также о внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу некоторых актов Правительства Российской Федерации и отдельных положений актов Правительства Российской Федерации".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(пп. "д" вв</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">еден </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId172" w:tooltip="Постановление Правительства РФ от 29.11.2025 N 1962 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 29.11.2025 N 1962)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(пп. 4(1) в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId173" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.11.2018 N 1442)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>5. Гос</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ударственное регулирование оптовых цен на газ и тарифов на услуги по его транспортировке по магистральным газопроводам для независимых организаций осуществляется до перехода к государственному регулированию единых для всех поставщиков газа тарифов на услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:t>и по его транспортировке по магистральным газопроводам на территории Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 16.04.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId174" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газо">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 323</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 19.06.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId175" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 566</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId176" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1442</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>6. Переход от государственного регулирования оптовых цен на газ к государственному регулированию тарифов на услуги по его транспортировке по магистральным газопроводам на территории Российской Федерации осуществляется поэтапно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>На первом этапе осуществляю</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">тся государственное регулирование оптовых цен на газ (за исключением оптовых цен на природный газ, реализуемый на организованных торгах) и тарифов на услуги по его транспортировке по магистральным газопроводам для независимых организаций, разработка </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId177" w:tooltip="Приказ ФСТ России от 23.08.2005 N 388-э/1 (ред. от 21.10.2014) &quot;Об утверждении Методики расчета тарифов на услуги по транспортировке газа по магистральным газопроводам&quot; (Зарегистрировано в Минюсте России 19.10.2005 N 7102)  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>методики</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> расчета тарифов на услуги по транспортировке газа по магистральным газопроводам и ее апробация, организация одной или нескольких газотранспортны</w:t>
+      </w:r>
+      <w:r>
+        <w:t>х компаний, осуществляющих транспортировку газа по магистральным газопроводам, а также введение в сфере услуг по транспортировке газа раздельного учета продукции (услуг) и затрат, относимых на себестоимость продукции (работ, услуг).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 16.04.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId178" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газо">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 323</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 19.06.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId179" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 566</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>На втором этапе определяется переходный период, в течение которого создаются условия для практического применения рыночных принципов ценообразования, в том числе формирования биржевых и внебиржевых индикаторов цен на при</w:t>
+      </w:r>
+      <w:r>
+        <w:t>родный газ, обеспеченных увеличением объемов реализации природного газа на организованных торгах, создающие основу для ограничения сферы государственного регулирования ценообразования в газовой отрасли, установления тарифов на услуги по транспортировке газ</w:t>
+      </w:r>
+      <w:r>
+        <w:t>а по магистральным газопроводам и газораспределительным сетям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId170" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
-[...299 lines deleted...]
-        <w:spacing w:after="1"/>
+      <w:hyperlink r:id="rId180" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 24.11.2023 N 1979)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>III. Полномочия регулирующих органов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
-          <w:insideH w:val="nil"/>
         </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="60"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="9921"/>
         <w:gridCol w:w="113"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00A6172B">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="60" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CED3F1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="ced3f1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:tcW w:w="113" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="f4f3f8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="f4f3f8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>КонсультантПлюс: примечание.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">До 01.01.2028 п. 7 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:tooltip="Постановление Правительства РФ от 08.07.2023 N 1128 (ред. от 29.10.2025) &quot;Об особенностях применения законодательства Российской Федерации в сфере газоснабжения (в том числе о государственном регулировании цен (тарифов) на территориях Донецкой Народной Республ">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>не применяется</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на территориях ДНР, ЛНР, Запорожской и Херсонской обл. Об установлении цен (тарифов) на указанных территориях см. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:tooltip="Постановление Правительства РФ от 08.07.2023 N 1128 (ред. от 29.10.2025) &quot;Об особенностях применения законодательства Российской Федерации в сфере газоснабжения (в том числе о государственном регулировании цен (тарифов) на территориях Донецкой Народной Республ">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>Постановление</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства РФ от 08.07.2023 N 1128.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...61 lines deleted...]
-            <w:tcW w:w="113" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="f4f3f8"/>
-[...5 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p/>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...36 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="300"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">7. Федеральный орган исполнительной власти в сфере государственного регулирования цен (тарифов) в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P177" w:tooltip="II. Государственное регулирование цен (тарифов)">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>разделом II</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Основных положений осуществляет государственное регулирование:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId183" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">а) оптовых </w:t>
+      </w:r>
+      <w:r>
+        <w:t>цен на газ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 16.04.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId184" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газо">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 323</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 19.06.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId185" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 566</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId186" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1442</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>б) тарифов на услуги по транспортировке газа по магистральным газопроводам для</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> независимых организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>в) тарифов на услуги по транспортировке газа по газопроводам, принадлежащим независимым газотранспортным организациям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>г) тарифов на услуги по транспортировке газа по газораспределительным сетям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>д) размера платы за снабженческо-с</w:t>
+      </w:r>
+      <w:r>
+        <w:t>бытовые услуги, оказываемые потребителям газа его поставщиками (при регулировании оптовых цен на газ);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId187" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Прав</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ительства РФ от 30.12.2013 N 1314)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>е) размера платы за технологическое присоединение к магистральным газопроводам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(пп. "е" введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId188" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 01.11.2021 N 1899)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">8. Розничные цены на газ, розничные цены на сжиженный газ, плата за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) стандартизированные тарифные ставки, определяющие ее величину, цена (стоимость) услуг по </w:t>
+      </w:r>
+      <w:r>
+        <w:t>техническому обслуживанию единицы внутридомового газового оборудования в многоквартирном доме, единицы внутриквартирного газового оборудования в многоквартирном доме, единицы внутридомового газового оборудования в жилом доме, предусмотренных минимальным пе</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">речнем, а также цена (стоимость) работ по установке (за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId189" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1547 (ред. от 17.09.2024) &quot;Об утверждении Правил подключения (технологического присоединения) газоиспользующего оборудования и объектов капитального строительства к сетям газораспределения и о признании утратившим">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>правилами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> технологического присоедин</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ения газоиспользующего оборудования к газораспределительным сетям) и замене такого оборудования утверждаются исполнительными органами субъектов Российской Федерации в области государственного регулирования цен (тарифов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(в ред. Постановлений Правительства</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> РФ от 18.08.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId190" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 685</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:t xml:space="preserve">, от 30.12.2013 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId183" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:hyperlink r:id="rId191" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1314</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:t xml:space="preserve">, от 30.11.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId184" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  ------------ Редакция с изменениями, не вступившими в силу  {КонсультантПлюс}">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:hyperlink r:id="rId192" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1442</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:t xml:space="preserve">, от 30.11.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId185" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {КонсультантПлюс}">
-[...3924 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId193" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 2187</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 29.11.2025 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId194" w:tooltip="Постановление Правительства РФ от 29.11.2025 N 1967 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1967</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:after="1"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
-          <w:insideH w:val="nil"/>
         </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="60"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="9921"/>
         <w:gridCol w:w="113"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00A6172B">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="60" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CED3F1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="ced3f1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:tcW w:w="113" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="f4f3f8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
             <w:tcMar>
               <w:top w:w="113" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="113" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="f4f3f8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>КонсультантПлюс: примечание.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">До 01.01.2028 п. 9 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:tooltip="Постановление Правительства РФ от 08.07.2023 N 1128 (ред. от 29.10.2025) &quot;Об особенностях применения законодательства Российской Федерации в сфере газоснабжения (в том числе о государственном регулировании цен (тарифов) на территориях Донецкой Народной Республ">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>не применяется</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на территориях ДНР, ЛНР, Запорожской и Херсонской обл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Об установлении цен (тарифов) на указанных территориях см. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:tooltip="Постановление Правительства РФ от 08.07.2023 N 1128 (ред. от 29.10.2025) &quot;Об особенностях применения законодательства Российской Федерации в сфере газоснабжения (в том числе о государственном регулировании цен (тарифов) на территориях Донецкой Народной Республ">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                </w:rPr>
+                <w:t>Постановление</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства РФ от 08.07.2023 N 1128.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...43 lines deleted...]
-            <w:tcW w:w="113" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-            <w:shd w:val="clear" w:fill="f4f3f8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="300"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>9. Федеральный орган исполнительной власти в сфере государственного регулирования цен (тарифов) вправе в установленном порядке делегировать исполнительным органам субъектов Российской Федерации в области государственного регулирования цен (тарифов) полномо</w:t>
+      </w:r>
+      <w:r>
+        <w:t>чия по регулированию тарифов на услуги по транспортировке газа по газораспределительным сетям и размера платы за снабженческо-сбытовые услуги, оказываемые потребителям газа его поставщиками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.05.2007 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId197" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 333</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.12.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId198" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1314</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId199" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1442</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId200" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 2187</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">10. Регулирование розничных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId201" w:tooltip="Приказ ФСТ России от 27.10.2011 N 252-э/2 (ред. от 10.12.2015) &quot;Об утверждении Методических указаний по регулированию розничных цен на газ, реализуемый населению&quot; (Зарегистрировано в Минюсте России 02.12.2011 N 22489)  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>цен</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> на газ, розничных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId202" w:tooltip="Приказ ФАС России от 07.08.2019 N 1072/19 (ред. от 25.02.2021) &quot;Об утверждении Методических указаний по регулированию розничных цен на сжиженный газ, реализуемый населению для бытовых нужд&quot; (Зарегистрировано в Минюсте России 11.11.2019 N 56479)  {КонсультантПл">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>цен</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> на сжиженный газ, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId203" w:tooltip="Приказ ФСТ России от 15.12.2009 N 411-э/7 (ред. от 06.12.2021) &quot;Об утверждении Методических указаний по регулированию тарифов на услуги по транспортировке газа по газораспределительным сетям&quot; (Зарегистрировано в Минюсте России 27.01.2010 N 16076)  {Консультант">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>тарифов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> на услуги по транспортировке газа по газораспределительным сетям, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId204" w:tooltip="Приказ ФСТ России от 15.12.2009 N 412-э/8 (ред. от 03.04.2020) &quot;Об утверждении Методических указаний по регулированию размера платы за снабженческо-сбытовые услуги, оказываемые конечным потребителям поставщиками газа&quot; (Зарегистрировано в Минюсте России 29.01.2">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>размера платы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> за снабженческо-сбытовые услуги, оказываемые потребителям газа его поставщиками, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId205" w:tooltip="Приказ ФАС России от 16.08.2018 N 1151/18 (ред. от 03.09.2025) &quot;Об утверждении Методических указаний по расчету размера платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) размеров стандартизированных тар">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>платы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) стандартизированных тарифных ставок, определяющих ее вел</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ичину, осуществляется в соответствии с методическими указаниями, утверждаемыми федеральным органом исполнительной власти в сфере государственного регулирования цен (тарифов) по согласованию с Министерством экономического развития Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(в р</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ед. Постановлений Правительства РФ от 28.05.2007 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId206" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 333</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.12.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId207" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1314</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId208" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1442</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Регулирование размера платы за технологическое присоединение к магистральным газопроводам осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId209" w:tooltip="Приказ ФАС России от 01.11.2021 N 1198а/21 &quot;Об утверждении Методических указаний по расчету размера платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от маги">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>методическими указаниями</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> по расчету размера платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предна</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">значенных для транспортировки газа от магистральных </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>газопроводов до объектов капитального строительства, и газопроводов, предназначенных для транспортировки газа от месторождений природного газа до магистрального газопровода, утверждаемыми федеральным орга</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ном исполнительной власти в сфере государственного регулирования цен (тарифов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId210" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 01.11.2021 N 1899)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>IV. Принципы формирования и государственного</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>регулирования цен на газ и тарифов на услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>по его транспортировке</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>11. Государственное регулирование цен на газ, включая розничные цены на газ и розничные цены на сжиженный газ, размера платы за снабженческо-сбытовые услуги, оказываемые потребителям газа</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> его поставщиками, и тарифов на услуги по его транспортировке, а также платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) стандартизированных тарифных ставок, определяющих ее величину, и платы за тех</w:t>
+      </w:r>
+      <w:r>
+        <w:t>нологическое присоединение к магистральным газопроводам осуществляется путем установления фиксированных цен (тарифов) или их предельных уровней исходя из:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 16.04.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId211" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газо">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 323</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.12.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId212" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1314</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 15.04.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId213" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 342 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам ценообразования на газ и подключения (технологического присоединения) объектов капитального строительс">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 342</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 19.06.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId214" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 566</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId215" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1442</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 01.11.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId216" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1899</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>а) возмещения организациям, осуществляющим регулируемые виды деятельности, экономически</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> обоснованных затрат, связанных с добычей, транспортировкой, переработкой, хранением, распределением и поставкой (реализацией) газа (при регулировании оптовых цен), а также возмещения экономически обоснованных затрат, связанных с транспортировкой и распред</w:t>
+      </w:r>
+      <w:r>
+        <w:t>елением газа (при регулировании тарифов);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>б) установления для организаций, осуществляющих регулируемые виды деятельности, обоснованной нормы прибыли на капитал, используемый в регулируемых видах деятельности (до разработки методики определения размера осно</w:t>
+      </w:r>
+      <w:r>
+        <w:t>вных средств, иных материальных и финансовых активов, используемых в регулируемых видах деятельности, учитывается размер прибыли, необходимой для обеспечения указанных организаций средствами на обслуживание привлеченного капитала, развитие производства и ф</w:t>
+      </w:r>
+      <w:r>
+        <w:t>инансирование других обоснованных расходов);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>в) удовлетворения платежеспособного спроса на газ, достижения баланса экономических интересов покупателей и поставщиков газа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>г) учета в структуре регулируемых цен (тарифов) всех налогов и иных обязательных плат</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ежей в соответствии с законодательством Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>д) учета разницы в стоимости услуг по транспортировке и поставке (реализации) газа различным группам потребителей и в различные районы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>е) развития внутриотраслевой (в сфере поставок газа) и межотраслевой (между замещающими видами топлива) конкуренции, а также применения метода сравнения уровня оптовой цены на газ с уровнем цен на газ на внешних рынках;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId217" w:tooltip="Постановление Правительства РФ от 31.12.2010 N 1205 (ред. от 24.11.2023) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Поста</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>новления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 31.12.2010 N 1205)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>ж) возмещения газораспределительным организациям экономически обоснованных затрат, связанных с оказанием услуг по технологическому присоединению к газораспределительным сетям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(пп. "ж" введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId218" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>з) возмещения газотранспортным организациям экономически и технологически обоснованных расх</w:t>
+      </w:r>
+      <w:r>
+        <w:t>одов на выполнение мероприятий по технологическому присоединению к магистральным газопроводам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(пп. "з" введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId219" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 01.11.2021 N 1899)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">11(1). Абзац утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId220" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 24.11.2023 N 1979.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Регулирование цен на газ (тарифов на услуги по его транспортировке) для потребителей, поставка газа которым стала возможной благодаря созданию новых региональных систем газоснабжения, магист</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ральных газопроводов и газораспределительных сетей, а также благодаря развитию, реконструкции, расширению, модернизации существующих магистральных газопроводов и газораспределительных сетей в целях расширения их пропускной способности, осуществляется исход</w:t>
+      </w:r>
+      <w:r>
+        <w:t>я из необходимости обеспечения согласованных с федеральным органом исполнительной власти в сфере государственного регулирования цен (тарифов) срока окупаемости инвестиционного проекта строительства новых объектов инфраструктуры и уровня доходности на вложе</w:t>
+      </w:r>
+      <w:r>
+        <w:t>нный капитал. При расчете регулируемых цен (тарифов) в этом случае учитываются прогнозный уровень загрузки газопроводов, степень технологического обособления новых объектов от действующей инфраструктуры, а также подтвержденный платежеспособный спрос на газ</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> его потребителей. После окончания указанного срока окупаемости инвестиционного проекта расчет цен (тарифов) производится в общем порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId221" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 11(1) введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId222" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>11(2). При установлении регулируемых цен (тарифов) на газ может применяться метод индексации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>При применении метода индексации цены (тарифы) на газ умножаются на величину индекса изменения цен (тарифов), определяемого регулирующим органом с учетом параметров, установленных прогнозом социально-экономического развития Российской Федерации на соответ</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ствующий год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId223" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 24.11.2023 N 1979)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 11(2) введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId224" w:tooltip="Постановление Правительства РФ от 18.08.2011 N 685 (ред. от 30.11.2018) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 18.08.2011 N 685)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>12. Расчет регулируемых цен (тарифов) осущес</w:t>
+      </w:r>
+      <w:r>
+        <w:t>твляется на основании методических указаний, утверждаемых федеральным органом исполнительной власти в сфере государственного регулирования цен (тарифов) по согласованию с Министерством экономического развития Российской Федерации, раздельно по каждой орган</w:t>
+      </w:r>
+      <w:r>
+        <w:t>изации, осуществляющей регулируемые виды деятельности, исходя из раздельного учета продукции (услуг) и затрат на ее производство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.05.2007 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId225" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 333</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId226" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1442</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>13. Исходными данными для расчета регулируемых цен (тарифов) являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">расчетный объем продукции (услуг) на период регулирования, определяемый исходя из </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>утверждаемого в установленном порядке баланса добычи и реализации газа в Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>расчетный суммарный объем выручки (за период регулирования), требуемый для комп</w:t>
+      </w:r>
+      <w:r>
+        <w:t>енсации экономически обоснованных затрат, относимых на себестоимость продукции (работ, услуг), и обеспечения организаций, осуществляющих регулируемые виды деятельности, прибылью, необходимой для их самофинансирования, а также средствами для уплаты всех нал</w:t>
+      </w:r>
+      <w:r>
+        <w:t>огов и иных обязательных платежей в соответствии с законодательством Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>13(1). Не допускается включение в состав экономически обоснованных затрат организаций, осуществляющих регулируемый вид деятельности, расходов потребителей коммунальн</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ых услуг на платежные услуги, оказываемые банками и иными организациями в соответствии с законодательством Российской Федерации, при внесении такими потребителями платы за коммунальные услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 13(1) введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId227" w:tooltip="Постановление Правительства РФ от 05.09.2019 N 1164 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 05.09.2019 N 1164)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>14. При рассмотрении экономических обоснований затрат и прибыли регулирующие органы принимают во внимание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>а) прогнозируемые цены (тарифы) на продукцию (услуги), потребляемую организациями, осуществляющими регулируем</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ые виды деятельности, а также налоги и иные обязательные платежи в соответствии с законодательством Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>б) прогнозируемую прибыль от поставок газа на экспорт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>в) размер прибыли, необходимой для обеспечения указанных организаций средствами</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> на обслуживание заемного капитала, развитие производства, выплату дивидендов и другие обоснованные расходы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>г) планы капитальных вложений указанных организаций и источники их финансирования с целью учета в структуре цен (тарифов) затрат на привлечение заи</w:t>
+      </w:r>
+      <w:r>
+        <w:t>мствований и других источников финансирования инвестиций, а также отчеты по использованию инвестиционных средств за предыдущие периоды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>д) динамику затрат и прибыли в предыдущий период регулирования, а также показатели инфляции за истекший период.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="P280"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t>14(1). П</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ри определении экономически обоснованных затрат регулирующие органы используют (в порядке очередности, если какой-либо из видов цен не может быть применен по причине отсутствия информации о таких ценах):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>установленные на очередной период регулирования цены</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (тарифы) в случае, если цены (тарифы) на соответствующие товары (услуги) подлежат государственному регулированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>расходы (цены), установленные в договорах, заключенных в результате проведения торгов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">рыночные цены, сложившиеся на организованных торговых </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">площадках, в том числе биржах, </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>функционирующих на территории Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>рыночные цены, предоставляемые организациями, осуществляющими сбор информации о рыночных ценах, разработку и внедрение специализированных программных средств для исследовани</w:t>
+      </w:r>
+      <w:r>
+        <w:t>я рыночных цен, подготовку периодических информационных и аналитических отчетов о рыночных ценах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>При отсутствии указанных данных экономически обоснованные затраты определяются с использованием официальной статистической информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 14(1) введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId228" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 (ред. от 12.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>15. Цены на газ, тарифы на услуги по транспортировке газа по газораспределительным сетям, специальные надбавки к тарифам на услуги по транспортировке газа по газораспределите</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">льным сетям, предназначенные для финансирования программ газификации, и размер платы за снабженческо-сбытовые услуги, оказываемые потребителям газа его поставщиками, могут дифференцироваться по группам потребителей в зависимости от присоединения последних </w:t>
+      </w:r>
+      <w:r>
+        <w:t>к сетям различного давления, ценовых поясов, сезонности, времени заключения и сроков действия договоров поставки газа, режимов отбора газа, объемов его потребления и других факторов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.05.2007 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId229" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 333</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 27.11.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId230" w:tooltip="Постановление Правительства РФ от 27.11.2010 N 943 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 943</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 16.04.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId231" w:tooltip="Постановление Правительства РФ от 16.04.2012 N 323 (ред. от 17.08.2019) &quot;О реализации природного газа на организованных торгах и внесении изменений в акты Правительства Российской Федерации по вопросам государственного регулирования цен на газ и доступа к газо">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 323</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.12.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId232" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1314</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 19.06.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId233" w:tooltip="Постановление Правительства РФ от 19.06.2014 N 566 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам реализации газа в Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 566</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId234" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1442</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="P289"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:t>15(1). Оптовые цены на газ, добываемый публичным акционерным обществом "Газпром" и его аффилированными лицами (за исключением оптовых цен на природный газ, реализуемый на организованных торгах),</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> на выходе из системы магистрального газопроводного транспорта определяются по соглашению сторон при заключении договоров поставки газа (в том числе долгосрочных), включая случаи его перепродажи, в диапазоне между предельными максимальным и минимальным уро</w:t>
+      </w:r>
+      <w:r>
+        <w:t>внями оптовых цен с учетом особенностей, определяемых федеральным органом исполнительной власти в сфере государственного регулирования цен (тарифов) для следующих групп потребителей (за исключением населения):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId235" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 (ред. от 12.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Пост</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>ановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>а) потребители газа, впервые заключившие договоры поставки газа с началом поставки после 1 июля 2007 г. (кроме организаций, создаваемых в результате реорганизации организаций, ранее покупавших газ, добываемы</w:t>
+      </w:r>
+      <w:r>
+        <w:t>й открытым акционерным обществом "Газпром" и его аффилированными лицами, или организаций, которые приобрели (в том числе в порядке правопреемства) газопотребляющее оборудование, ранее обеспечивавшееся газом, добываемым открытым акционерным обществом "Газпр</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ом" и его аффилированными лицами);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId236" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>б) потребители газа, приобретающи</w:t>
+      </w:r>
+      <w:r>
+        <w:t>е газ сверх объемов, зафиксированных в договорах поставки газа на 2007 год (без учета дополнительных объемов газа, предусмотренных дополнительными соглашениями к указанным договорам);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId237" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">в) утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId238" w:tooltip="Постановление Правительства РФ от 31.12.2010 N 1205 (ред. от 24.11.2023) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 31.12.2010 N 1205.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Абзац утратил силу с 1 июля 2025 года. - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId239" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 (ред. от 12.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">(п. 15(1) введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId240" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">15(1.1). Утратил силу с 1 июля 2025 года. - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId241" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 (ред. от 12.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>П</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>остановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="P299"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:t xml:space="preserve">15(2). В качестве предельного минимального уровня оптовых цен на газ для потребителей, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P289" w:tooltip="15(1). Оптовые цены на газ, добываемый публичным акционерным обществом &quot;Газпром&quot; и его аффилированными лицами (за исключением оптовых цен на природный газ, реализуемый на организованных торгах), на выходе из системы магистрального газопроводного транспорта опр">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пунктом 15(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Основных положений, используются регул</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ируемые оптовые цены на газ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">В качестве предельного максимального уровня оптовых цен на газ для потребителей, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P289" w:tooltip="15(1). Оптовые цены на газ, добываемый публичным акционерным обществом &quot;Газпром&quot; и его аффилированными лицами (за исключением оптовых цен на природный газ, реализуемый на организованных торгах), на выходе из системы магистрального газопроводного транспорта опр">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пунктом 15(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Основных положений, используются регулируемые оптовые цены на газ, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>увеличенные на 1,8 процента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 15(2) в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId242" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 (ред. от 12.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>15(3). Поставщики реализуют газ, добываемый публичным акционерным обществом "Газпром" и его аффилированными лицами, по опто</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">вым ценам, определяемым по соглашению сторон в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P289" w:tooltip="15(1). Оптовые цены на газ, добываемый публичным акционерным обществом &quot;Газпром&quot; и его аффилированными лицами (за исключением оптовых цен на природный газ, реализуемый на организованных торгах), на выходе из системы магистрального газопроводного транспорта опр">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пунктами 15(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P299" w:tooltip="15(2). В качестве предельного минимального уровня оптовых цен на газ для потребителей, предусмотренных пунктом 15(1) настоящих Основных положений, используются регулируемые оптовые цены на газ.">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>15(2)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Основных положений, при условии обеспечения ежегодного выполнения обязательств по договорам поставки этого газа в объемах, зафиксированных в договорах п</w:t>
+      </w:r>
+      <w:r>
+        <w:t>оставки газа на 2007 год (без учета дополнительных объемов газа, предусмотренных дополнительными соглашениями к указанным договорам).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 15(3) введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId243" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333; в ред. Постановлений Правитель</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ства РФ от 30.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId244" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1442</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 24.11.2023 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId245" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1979</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 11.12.2024 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId246" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 (ред. от 12.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1761</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>15(4).</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> При определении тарифов на услуги по транспортировке газа по газораспределительным сетям для категории потребителей, относящихся к категории "население", в соответствии с методическими указаниями по регулированию тарифов на услуги по транспортировке газа </w:t>
+      </w:r>
+      <w:r>
+        <w:t>по газораспределительным сетям, утвержденными федеральным органом исполнительной власти в области государственного регулирования тарифов по согласованию с Министерством экономического развития Российской Федерации, учитываются расходы, связанные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>с эксплуа</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">тацией приемных емкостей, используемых для хранения и регазификации сжиженного природного газа, технологически связанных с газораспределительными сетями и принадлежащих на праве собственности или на ином законном основании организациям, оказывающим услуги </w:t>
+      </w:r>
+      <w:r>
+        <w:t>по транспортировке газа по газораспределительным сетям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">с осуществлением аварийно-диспетчерского обеспечения внутридомового и внутриквартирного газового оборудования в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId247" w:tooltip="Постановление Правительства РФ от 14.05.2013 N 410 (ред. от 29.11.2025) &quot;О мерах по обеспечению безопасности при использовании и содержании внутридомового и внутриквартирного газового оборудования&quot; (вместе с &quot;Правилами пользования газом в части обеспечения без">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Правилами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> пользования газом в части обеспечения безопасности при использовании и содержании внутридомового и внутриквартирного газового оборудования при предоставлении коммунальной услуги по газоснабжению, утвержденными постановлением Правительства Российской Федер</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ации от 14 мая 2013 г. N 410 "О мерах по обеспечению безопасности при использовании и содержании внутридомового и внутриквартирного газового оборудования".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 15(4) в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId248" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 01.11.20</w:t>
+      </w:r>
+      <w:r>
+        <w:t>21 N 1899)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>15(5). Тарифы на услуги по транспортировке газа по газораспределительным сетям утверждаются на срок не менее 3 и не более 5 лет. Тарифы могут устанавливаться с календарной разбивкой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>При осуществлении пересмотра тарифов на услуги по транспортиро</w:t>
+      </w:r>
+      <w:r>
+        <w:t>вке газа по газораспределительным сетям, установленных на срок не менее 3 и не более 5 лет, в течение срока их действия тарифы устанавливаются начиная со срока пересмотра на срок не менее 3 и не более 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>В случае заключения соглашения об условиях осуще</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ствления регулируемых видов деятельности в области газоснабжения (регуляторного контракта) тарифы на услуги по транспортировке газа по газораспределительным сетям утверждаются на срок не менее 3 и не более 10 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId249" w:tooltip="Постановление Правительства РФ от 30.08.2025 N 1330 &quot;О соглашениях об условиях осуществления регулируемых видов деятельности в области газоснабжения&quot; (вместе с &quot;Правилами заключения, изменения, прекращения и расторжения соглашений об условиях осуществления рег">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.08.2025 N 1330)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 15(5) введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId250" w:tooltip="Постановление Правительства РФ от 13.11.2013 N 1018 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 13.11.2013 N 1018)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>15(6). При определении тарифов на услуги по транспортировке газа по газораспределительным сетям учитываются отклонения фактического значения обобщенного показателя уровн</w:t>
+      </w:r>
+      <w:r>
+        <w:t>я надежности и качества услуг по транспортировке газа по газораспределительным сетям от его планового значения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 15(6) введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId251" w:tooltip="Постановление Правительства РФ от 18.10.2014 N 1074 (ред. от 04.09.2015) &quot;О порядке определения показателей надежности и качества услуг по транспортировке газа по газораспределительным сетям и о внесении изменения в постановление Правительства Российской Федер">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 18.10.2014 N 1074)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>15(7). В случае передачи регулируемой организации в аренду или лизинг объектов инженерно-технического обеспечения, выкупленных (предназначенных к выкупу) специализированными обществами проектного финанс</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ирования в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId252" w:tooltip="Постановление Правительства РФ от 05.05.2014 N 404 (ред. от 10.02.2017) &quot;О некоторых вопросах реализации программы &quot;Жилье для российской семьи&quot; в рамках государственной программы Российской Федерации &quot;Обеспечение доступным и комфортным жильем и коммунальными у">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>основными условиями</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> и мерами реализации программы "Жилье для российской семьи" в рамках государствен</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId253" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 323 (ред. от 17.08.2017) &quot;Об утверждении государственной программы Российской Федерации &quot;Обеспечение доступным и комфортным жильем и коммунальными услугами граждан Российской Федерации&quot;  ------------ Утратил силу ">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>программы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Российской Федерации "Обеспечение доступным и комфортным жильем и коммунальными услугами граждан Российской Федер</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ации", утвержденными постановлением Правительства Российской Федерации от 5 мая 2014 г. N 404 "О некоторых вопросах реализации программы "Жилье для российской семьи" в рамках государственной программы Российской Федерации "Обеспечение доступным и комфортны</w:t>
+      </w:r>
+      <w:r>
+        <w:t>м жильем и коммунальными услугами граждан Российской Федерации", размер арендной платы или лизингового платежа, учитываемый при установлении цен (тарифов), определяется равным величине, установленной в договоре аренды или лизинговом соглашении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Расходы на </w:t>
+      </w:r>
+      <w:r>
+        <w:t>амортизацию основных средств при установлении цен (тарифов) определяются на уровне, равном сумме отношений стоимости амортизируемых активов к сроку полезного использования таких активов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId254" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 (ред. от 12.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правит</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ельства РФ от 11.12.2024 N 1761)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">При расчете экономически обоснованного размера амортизации срок полезного использования основных средств определяется регулирующим органом исходя из максимальных сроков полезного использования. Срок полезного использования </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">указанных основных средств принимается регулирующим органом исходя из данных проектной документации основных средств и бухгалтерского учета, но не ниже минимального срока полезного использования, предусмотренного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId255" w:tooltip="Постановление Правительства РФ от 01.01.2002 N 1 (ред. от 18.11.2022) &quot;О Классификации основных средств, включаемых в амортизационные группы&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Классификацией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> осн</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">овных средств, включаемых в амортизационные группы, утвержденной постановлением Правительства Российской Федерации от 1 января 2002 г. N 1 "О Классификации основных средств, включаемых в амортизационные группы", в отношении соответствующей амортизационной </w:t>
+      </w:r>
+      <w:r>
+        <w:t>группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId256" w:tooltip="Постановление Правительства РФ от 26.06.2025 N 963 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 26.06.2025 N 963)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Расходы на аренду зданий, помещений, транспорта и земельных участков определяются </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">регулирующим органом в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P280" w:tooltip="14(1). При определении экономически обоснованных затрат регулирующие органы используют (в порядке очередности, если какой-либо из видов цен не может быть применен по причине отсутствия информации о таких ценах):">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пунктом 14(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Основных положен</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId257" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 (ред. от 12.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Расходы на аренду основных средств производственного назначения, которые участвуют в процессе поставки и транспортировки газа, определяются регулирующ</w:t>
+      </w:r>
+      <w:r>
+        <w:t>им органом исходя из величины амортизации, налога на имущество организаций и других установленных законодательством Российской Федерации обязательных платежей, связанных с владением имуществом, переданным в аренду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId258" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 (ред. от 12.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 15(7) введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId259" w:tooltip="Постановление Правительства РФ от 03.12.2014 N 1305 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 03.12.2014 N 1305)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>15(8). При определении тарифов на услуги по транспортировке газа по газораспределительным сетям учитываются инвестиционные расходы газораспределительной организации, необходимые для реализаци</w:t>
+      </w:r>
+      <w:r>
+        <w:t>и включенных в межрегиональные или региональные программы газификации жилищно-коммунального хозяйства, промышленных и иных организаций в соответствии с соглашением об условиях осуществления регулируемых видов деятельности в области газоснабжения (регулятор</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ным контрактом) мероприятий, связанных со строительством и (или) с реконструкцией газораспределительных сетей и их объектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Неисполнение газораспределительной организацией обязательств, предусмотренных указанным соглашением, является основанием для пересм</w:t>
+      </w:r>
+      <w:r>
+        <w:t>отра тарифов на услуги по транспортировке газа по газораспределительным сетям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 15(8) в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId260" w:tooltip="Постановление Правительства РФ от 30.08.2025 N 1330 &quot;О соглашениях об условиях осуществления регулируемых видов деятельности в области газоснабжения&quot; (вместе с &quot;Правилами заключения, изменения, прекращения и расторжения соглашений об условиях осуществления рег">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ </w:t>
+      </w:r>
+      <w:r>
+        <w:t>от 30.08.2025 N 1330)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>15(9). Поставка газа, а также услуги по его транспортировке по газораспределительным сетям на территории Российской Федерации для потребителей, использующих природный газ для обеспечения постоянного горения Вечного огня и периодическо</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">го горения Огня памяти на воинских захоронениях и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId261" w:tooltip="Приказ Министра обороны РФ от 06.02.2019 N 56 &quot;Об установлении Порядка организации централизованного учета мемориальных сооружений, находящихся вне воинских захоронений и содержащих Вечный огонь или Огонь памяти, и Порядка периодичности горения Огня памяти&quot; (З">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>мемориальных сооружениях</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, находящихся вне воинских захоронений, указанных в ре</w:t>
+      </w:r>
+      <w:r>
+        <w:t>естре, ведение которого осуществляет Министерство обороны Российской Федерации, осуществляется без взимания с них средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 15(9) введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId262" w:tooltip="Постановление Правительства РФ от 07.05.2022 N 826 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудова">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 07.05.2022 N 826)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>15(10). При определении экономически обоснованных затрат организаций, оказывающих снабженческо-сбытовые услуги, в составе прочих расходов учитываются расходы на формирование резервов по сомнит</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ельным долгам. Возврат сомнительных долгов, для погашения которых был создан резерв, включенный в регулируемую цену (тариф) в предшествующий период регулирования, признается доходом и учитывается с учетом уплаты налога на прибыль в составе прочих доходов в</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> следующем периоде регулирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>При отсутствии резерва по сомнительным долгам в составе прочих расходов могут быть учтены расходы по списанию дебиторской задолженности за поставленный природный газ, признанной безнадежной к взысканию в предыдущие периоды</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> регулирования, при условии их документального подтверждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>При расчете размера платы за снабженческо-сбытовые услуги, оказываемые поставщиками газа его потребителям, расходы на создание резерва по сомнительным долгам, а в случае отсутствия такого резерв</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">а расходы по списанию дебиторской задолженности за поставленный природный газ учитываются в размере, не превышающем 1 процент фактической выручки от </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>реализации природного газа по регулируемым ценам за последний отчетный год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 15(10) введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId263" w:tooltip="Постановление Правительства РФ от 26.10.2022 N 1910 &quot;О внесении изменения в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудов">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 26.10.2022 N 1910)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>V. Порядок рассмотрения материалов, представляемых</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>для установления (изменения) цен (та</w:t>
+      </w:r>
+      <w:r>
+        <w:t>рифов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>16. Государственное регулирование цен (тарифов) осуществляется в установленном порядке на основании заявлений организаций, осуществляющих регулируемые виды деятельности, и по инициативе регулирующих органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>В отношении организации, которая в поряд</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ке универсального правопреемства приобретает в полном объеме в текущем периоде регулирования права и обязанности организации, осуществляющей регулируемые виды деятельности, применяется тариф (цена, плата, надбавка), установленный для реорганизованной орган</w:t>
+      </w:r>
+      <w:r>
+        <w:t>изации, до утверждения для организации - правопреемника тарифа (цены, платы, надбавки) в установленном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId264" w:tooltip="Постановление Правительства РФ от 24.11.2011 N 972 &quot;О внесении изменения в пункт 16 Основных положений формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Поста</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>новлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 24.11.2011 N 972)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>В случае прекращения организацией регулируемого вида деятельности по транспортировке газа по магистральным газопроводам и (или) газораспределительным сетям и перехода от такой организации к другой организации</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> права собственности или иного предусмотренного законом права на указанные магистральные газопроводы и (или) газораспределительные сети, расположенные в субъектах Российской Федерации - городах федерального значения Москва, Санкт-Петербург и Севастополь, а</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> также в субъектах Российской Федерации, по магистральным газопроводам и (или) газораспределительным сетям которых транспортировку газа осуществляет организация, которая также осуществляет транспортировку газа по магистральным газопроводам и (или) газорасп</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ределительным сетям, расположенным в указанных городах, и которой перешло право собственности или иное предусмотренное законом право на указанные магистральные газопроводы и (или) газораспределительные сети, до 1 января 2028 г. применяются регулируемые цен</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ы (тарифы), установленные на дату перехода права собственности или иного предусмотренного законом права на указанные магистральные газопроводы и (или) газораспределительные сети для организации, осуществлявшей регулируемый вид деятельности с использованием</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> таких магистральных газопроводов и (или) газораспределительных сетей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId265" w:tooltip="Постановление Правительства РФ от 26.06.2025 N 963 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 26.06.2025 N 963)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>17. Организация, осуществляющая регулируемые виды деятельности, представляет в</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> регулирующий орган заявление об установлении (изменении) цен (тарифов) с приложением материалов, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P374" w:tooltip="24. К заявлению об установлении (изменении) цен (тарифов) прилагаются следующие материалы:">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пункте 24</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Осн</w:t>
+      </w:r>
+      <w:r>
+        <w:t>овных положений. Регулирующий орган регистрирует заявление в день его получения. При несоответствии заявления установленным требованиям регулирующий орган возвращает его на доработку в 7-дневный срок со дня получения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Абзацы второй - четвертый утратили сил</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">у с 1 марта 2023 года. - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId266" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N 2187.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>17(1). Организация, оказывающая услуги по транспор</w:t>
+      </w:r>
+      <w:r>
+        <w:t>тировке газа по газораспределительным сетям, не позднее чем за 3 месяца до начала очередного периода регулирования направляет в исполнительный орган субъекта Российской Федерации в области государственного регулирования цен (тарифов) заявление о проведении</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> оценки обоснованности предложений такой </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">организации об установлении (изменении) цен (тарифов) с приложением материалов, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P374" w:tooltip="24. К заявлению об установлении (изменении) цен (тарифов) прилагаются следующие материалы:">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пункте 24</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Основных положений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Исполнительный орган субъекта Российской Федерации в области государственного регулирования цен (тарифов) в течение 3 дней со дня регистрации указанного заявления уведомляет федеральный орган исполнительной власти в сфере государственного регулирования цен</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (тарифов) о поступлении указанного заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>В месячный срок со дня регистрации указанного заявления исполнительный орган субъекта Российской Федерации в области государственного регулирования цен (тарифов) представляет в федеральный орган исполнительной</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> власти в сфере государственного регулирования цен (тарифов) заключение об обоснованности предложений организации, осуществляющей услуги по транспортировке газа по газораспределительным сетям на территории соответствующего субъекта Российской Федерации, с </w:t>
+      </w:r>
+      <w:r>
+        <w:t>направлением копии в организацию, направившую заявление.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Заключение исполнительного органа субъекта Российской Федерации в области государственного регулирования цен (тарифов) составляется в соответствии с типовой формой и формируется с применением федеральной государственной информационной системы "Единая инфор</w:t>
+      </w:r>
+      <w:r>
+        <w:t>мационно-аналитическая система "Федеральный орган регулирования - региональные органы регулирования - субъекты регулирования".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Типовая </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId267" w:tooltip="Приказ ФАС России от 19.03.2024 N 179/24 &quot;Об утверждении Типовой формы заключения исполнительного органа субъекта Российской Федерации в области государственного регулирования цен (тарифов) об обоснованности предложений организации, осуществляющей услуги по тр">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>форма</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> заключения исполнительного органа субъекта Российской Федерации в области государственного регулирования цен (тарифов) утверждается федеральным органом исполнительной власти в области государственного регулирования цен (тарифов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Заключение исп</w:t>
+      </w:r>
+      <w:r>
+        <w:t>олнительного органа субъекта Российской Федерации в области государственного регулирования цен (тарифов) должно содержать:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>анализ документальной и экономической обоснованности предложений организации, оказывающей услуги по транспортировке газа по газораспр</w:t>
+      </w:r>
+      <w:r>
+        <w:t>еделительным сетям об установлении (изменении) цен (тарифов);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>анализ финансово-хозяйственной деятельности организации, оказывающей услуги по транспортировке газа по газораспределительным сетям по регулируемому виду деятельности за предыдущие 3 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>анализ</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> информации по основным производственным фондам организации, оказывающей услуги по транспортировке газа по газораспределительным сетям, используемым в регулируемом виде деятельности при реализации межрегиональных или региональных программ газификации жилищ</w:t>
+      </w:r>
+      <w:r>
+        <w:t>но-коммунального хозяйства, промышленных и иных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>оценку влияния предлагаемых к установлению (пересмотру) тарифов на услуги по транспортировке газа по газораспределительным сетям на изменение цен на газ для всех категорий потребителей организаци</w:t>
+      </w:r>
+      <w:r>
+        <w:t>и, осуществляющей услуги по транспортировке газа по газораспределительным сетям на территории соответствующего субъекта Российской Федерации, и на изменение совокупной платы граждан за коммунальные услуги в среднем по субъекту Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>В типов</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ой форме заключения исполнительного органа субъекта Российской Федерации в области государственного регулирования цен (тарифов), утвержденной федеральным органом исполнительной власти в области государственного регулирования цен (тарифов), могут предусматр</w:t>
+      </w:r>
+      <w:r>
+        <w:t>иваться дополнительные требования к содержанию такого заключения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 17(1) введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId268" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.11.2022</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> N 2187)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>18. При установлении (изменении) цен (тарифов) по инициативе регулирующих органов последние выдают организациям, осуществляющим регулируемые виды деятельности, предписание о представлении соответствующих предложений об установлении (изменении) цен</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (тарифов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>19. Для предварительного рассмотрения представленных организациями, осуществляющими регулируемые виды деятельности, предложений об установлении (изменении) цен (тарифов) и подготовки проекта решения регулирующим органом назначается ответственны</w:t>
+      </w:r>
+      <w:r>
+        <w:t>й из числа членов правления и создается экспертная группа, заключение которой должно содержать:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>оценку достоверности данных, приведенных в предложениях об установлении (изменении) цен (тарифов);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>анализ указанных предложений исходя из всех факторов, принима</w:t>
+      </w:r>
+      <w:r>
+        <w:t>емых во внимание регулирующими органами при установлении (изменении) цен (тарифов) в соответствии с настоящими Основными положениями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>20. Извещение о дате, времени и месте проведения заседания правления, а также материалы, подготовленные для его проведения</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (заявление об установлении (изменении) цен (тарифов) или копия решения о рассмотрении вопроса об установлении (изменении) цен (тарифов) по инициативе регулирующего органа, заключение экспертной группы, проект решения правления регулирующего органа), напра</w:t>
+      </w:r>
+      <w:r>
+        <w:t>вляются членам правления и организациям, осуществляющим регулируемые виды деятельности, не позднее чем за 5 дней до его проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>21. Заседание правления регулирующего органа, на котором рассматриваются предложения по установлению (изменению) цен (тарифо</w:t>
+      </w:r>
+      <w:r>
+        <w:t>в), считается правомочным, если на нем присутствуют более половины членов правления. На заседание приглашается представитель (представители) организации, осуществляющей регулируемые виды деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>В случае отсутствия представителя указанной организации</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> заседание переносится по решению правления регулирующего органа на срок не более 10 дней. При повторной неявке представителя заседание может быть проведено в его отсутствие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>22. Решение правления регулирующего органа об установлении (изменении) цен (тариф</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ов) принимается большинством голосов присутствующих на заседании членов правления. При равенстве голосов голос председательствующего является решающим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>В случае если у членов правления регулирующего органа и представителя организации, осуществляющей регули</w:t>
+      </w:r>
+      <w:r>
+        <w:t>руемые виды деятельности, имеется особое мнение, оно излагается в письменной форме и прилагается к протоколу заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Решение об установлении (изменении) цен (тарифов) принимается правлением </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>регулирующего органа в течение 30 рабочих дней со дня получения</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> заявления об установлении (изменении) цен (тарифов) и материалов, прилагаемых к нему. По решению органа регулирования этот срок может быть продлен, но не более чем на 30 рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId269" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 (ред. от 12.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства Р</w:t>
+      </w:r>
+      <w:r>
+        <w:t>Ф от 11.12.2024 N 1761)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>23. Решение правления регулирующего органа направляется в организацию, осуществляющую регулируемые виды деятельности, в 5-дневный срок с даты его принятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>VI. Материалы, представляемые в регулирующие</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>органы организациями, осуществ</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ляющими регулируемые</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>виды деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="P374"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:t>24. К заявлению об установлении (изменении) цен (тарифов) прилагаются следующие материалы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="P375"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:t xml:space="preserve">а) расчет цен (тарифов), выполненный в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId270" w:tooltip="Приказ ФСТ России от 15.12.2009 N 411-э/7 (ред. от 06.12.2021) &quot;Об утверждении Методических указаний по регулированию тарифов на услуги по транспортировке газа по газораспределительным сетям&quot; (Зарегистрировано в Минюсте России 27.01.2010 N 16076)  {Консультант">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>методическими указаниями</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, утвержденными федеральным органом исполнительной власти в области государственного регулирования тарифов</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> по согласованию с Министерством экономического развития Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 30.11.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId271" w:tooltip="Постановление Правительства РФ от 30.11.2018 N 1442 (ред. от 01.11.2021) &quot;Об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации по вопросам государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1442</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, от 30.11</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId272" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 2187</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>б) бухгалтерский баланс организации, осуществляющей регулируемые виды деятельности, на последнюю отчетную дату в с</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">лучае его отсутствия в государственном информационном ресурсе бухгалтерской (финансовой) отчетности, предусмотренном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId273" w:tooltip="Федеральный закон от 06.12.2011 N 402-ФЗ (ред. от 15.12.2025) &quot;О бухгалтерском учете&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>статьей 18</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Федерального закона "О бухгалтерском учете";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(пп. "б" в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId274" w:tooltip="Постановление Правительства РФ от 24.11.2020 N 1907 (ред. от 27.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации в части отмены обязанности представлять годовую бухгалтерскую (финансовую) отчетность в государственные органы&quot;  ">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 24.11.2020 N 1907)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="P379"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:t>в) постатейное обоснование изменения размера затрат, относимых на себестоимос</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ть продукции (работ, услуг), исходя из раздельного учета продукции (услуг) и затрат на ее производство;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>г) обоснование необходимой прибыли;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="P381"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:t>д) планы капитальных вложений указанной организации на соответствующий период с целью учета в структуре цен (тарифов</w:t>
+      </w:r>
+      <w:r>
+        <w:t>) затрат на привлечение заимствований и других источников финансирования инвестиций согласно этим планам, а также отчеты по использованию инвестиционных средств за предыдущие периоды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId275" w:tooltip="Постановление Правительства РФ от 13.11.2013 N 1018 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 13.11.2013 N 1018)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>е) сравнительные данные по статьям затрат и размеру балансовой прибыли за предыдущие три года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ж) копии правоустанавливающих документов на основные ср</w:t>
+      </w:r>
+      <w:r>
+        <w:t>едства, предназначенные для оказания услуг по транспортировке газа по газораспределительным сетям и (или) магистральным газопроводам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(пп. "ж" введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId276" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N 2187; в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId277" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 16.04.2024 N 484)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>з) схемы газопроводов с указанием их балансовой принадлежности и акты по разграничению эксплуатационной ответ</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ственности со смежными газораспределительными и (или) газотранспортными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(пп. "з" введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId278" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительс</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">тва РФ от 30.11.2022 N 2187; в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId279" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 16.04.2024 N 484)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>и) копии лицензий на осуществление регулируемого вида деятельности (в случае, если такой вид деятельности подлежит лицензированию в соответствии с законодат</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ельством Российской Федерации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(пп. "и" введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId280" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N 2187)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>24(1). К заявлению об уста</w:t>
+      </w:r>
+      <w:r>
+        <w:t>новлении (изменении) оптовых цен на газ прилагаются следующие материалы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId281" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 24.11.2023 N 1979)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">а) расчет цен (тарифов), выполненный в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId282" w:tooltip="Приказ ФСТ России от 15.12.2009 N 411-э/7 (ред. от 06.12.2021) &quot;Об утверждении Методических указаний по регулированию тарифов на услуги по транспортировке газа по газораспределительным сетям&quot; (Зарегистрировано в Минюсте России 27.01.2010 N 16076)  {Консультант">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>методическими указаниями</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>, утверждаемыми федеральным органом исполнительной власти в сфере государственного регулирования цен (тарифов);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>б) данные о плановых объем</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ах поставки газа с разбивкой по ценовым поясам и группам потребителей, для которых оптовые цены устанавливаются дифференцированно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>в) данные о плановой средней протяженности транспортировки газа по магистральным газопроводам от места добычи до места потреб</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 24(1) введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId283" w:tooltip="Постановление Правительства РФ от 31.12.2010 N 1205 (ред. от 24.11.2023) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 31.12.2010 N 1205)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="P396"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:t>24(2). Материалы, представляемые организациями, оказывающими услуги по транспортировке газа по газораспределительным сетям, должны содержать расчеты (обосн</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ования, планы), предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P375" w:tooltip="а) расчет цен (тарифов), выполненный в соответствии с методическими указаниями, утвержденными федеральным органом исполнительной власти в области государственного регулирования тарифов по согласованию с Министерством экономического развития Российской Федераци">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>подпунктами "а"</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P379" w:tooltip="в) постатейное обоснование изменения размера затрат, относимых на себестоимость продукции (работ, услуг), исходя из раздельного учета продукции (услуг) и затрат на ее производство;">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>"в"</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P381" w:tooltip="д) планы капитальных вложений указанной организации на соответствующий период с целью учета в структуре цен (тарифов) затрат на привлечение заимствований и других источников финансирования инвестиций согласно этим планам, а также отчеты по использованию инвест">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>"д</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>" пункта 24</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Основных положений, на период не менее 3 и не более 5 лет с разбивкой по годам, а также копию заключения исполнительного органа власти субъекта Российской Федерации в области государственного регулирования тарифов об обоснованности пр</w:t>
+      </w:r>
+      <w:r>
+        <w:t>едложений организации в отношении установления (изменения) цен (тарифов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId284" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 2187)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Заявление и материалы для установления (изменения) тарифов на услуги по транспортировке газа по газораспределительным сетям могут представляться в федеральный орган исполнительной власти в сфере государственного регулирования цен (тарифов) в электро</w:t>
+      </w:r>
+      <w:r>
+        <w:t>нной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId285" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N 2187)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Расчет цен (тарифов), указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P182" w:tooltip="б) тарифы на услуги по транспортировке газа по магистральным газопроводам для независимых организаций;">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>подпунктах "б"</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P185" w:tooltip="д) размер платы за снабженческо-сбытовые услуги, оказываемые потребителям газа его поставщиками (при регулировании оптовых цен на газ);">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>"д" пункта 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Основных положений, осуществляется по формам документов, размещенным на сайте </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId286">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>www.eias.ru</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> в информационно-телекоммуникационной сети "Интерне</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">т", подписанных усиленной квалифицированной электронной подписью в соответствии с требованиями Федерального </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId287" w:tooltip="Федеральный закон от 06.04.2011 N 63-ФЗ (ред. от 31.07.2025) &quot;Об электронной подписи&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>закона</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> "Об электронной подписи".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId288" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 (ред. от 12.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 24(2) введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId289" w:tooltip="Постановление Правительства РФ от 13.11.2013 N 1018 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ и тарифов на услуги по его транспортировке на территории Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 13.11.2013 N 1018)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>24(3). Регулирующий орган получает годовой бухгалтерский баланс организации, осуществляющей регулируемые виды деятельности, из гос</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ударственного информационного ресурса бухгалтерской (финансовой) отчетности с использованием единой системы межведомственного электронного взаимодействия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 24(3) введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId290" w:tooltip="Постановление Правительства РФ от 24.11.2020 N 1907 (ред. от 27.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации в части отмены обязанности представлять годовую бухгалтерскую (финансовую) отчетность в государственные органы&quot;  ">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 24.11.2020 N 1907)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">25. Формы представления организациями, осуществляющими регулируемые виды деятельности, материалов, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P374" w:tooltip="24. К заявлению об установлении (изменении) цен (тарифов) прилагаются следующие материалы:">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пунктом 24</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Основных положений, устанавливаются федеральным органом исполнительной власти в сфере государственного регулирования цен (тарифов) в соответствии с требова</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ниями к составлению бухгалтерской, статистической и иной отчетности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId291" w:tooltip="Постановление Правительства РФ от 28.05.2007 N 333 (ред. от 31.12.2010) &quot;О совершенствовании государственного регулирования цен на газ&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 28.05.2007 N 333)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>26. Непредставление организациями, осуществляющими регулируемые виды деятельности, части материалов, пред</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">усмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P374" w:tooltip="24. К заявлению об установлении (изменении) цен (тарифов) прилагаются следующие материалы:">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пунктами 24</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P396" w:tooltip="24(2). Материалы, представляемые организациями, оказывающими услуги по транспортировке газа по газораспределительным сетям, должны содержать расчеты (обоснования, планы), предусмотренные подпунктами &quot;а&quot;, &quot;в&quot; - &quot;д&quot; пункта 24 настоящих Основных положений, на пер">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>24(2)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Основных положений, является основанием для отказа в рассмотрении предложения об установлении (изменении) цен (тарифов) до представления всех материалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 26 в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId292" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 (ред. от 12.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 11.12.2024 N 1761)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="60"/>
+        <w:gridCol w:w="113"/>
+        <w:gridCol w:w="9921"/>
+        <w:gridCol w:w="113"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A6172B">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="60" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CED3F1"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p/>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
+            <w:tcMar>
+              <w:top w:w="113" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="113" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>КонсультантПлюс: примечание.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="392C69"/>
+              </w:rPr>
+              <w:t>О контроле за деятельностью субъектов естественных монополий в сфере транспортировки газа по трубопроводам см. Федеральный закон от 17.08.1995 N 147-ФЗ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F3F8"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal0"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...2 lines deleted...]
-        <w:spacing w:before="300" w:lineRule="auto"/>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:spacing w:before="300"/>
+        <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>VI.1. Государственный контроль</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>в области регулирования тарифов на услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>по транспортировке газа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">26(1) - 26(17). Утратили силу с 1 марта 2014 года. - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId293" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...59 lines deleted...]
-        <w:pStyle w:val="2"/>
         <w:outlineLvl w:val="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>VI.2. Плата за технологическое</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>присоединение газоиспользующего оборудования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>к газораспределительным сетям</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-        <w:pStyle w:val="0"/>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:pStyle w:val="0"/>
+        <w:t xml:space="preserve">(введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId294" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некото">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.12.2013 N 1314)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>26(18). При определении платы за технологическое присоединение газоиспользую</w:t>
+      </w:r>
+      <w:r>
+        <w:t>щего оборудования к газораспределительным сетям учитываются средства для компенсации расходов газораспределительной организации на строительство объектов газораспределительных сетей от существующих объектов газораспределительных сетей до присоединяемых объ</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>26(19). При осуществлении технологического присоединения потребителей газа, максимальный часовой расход газа газоиспользующего оборудования которых составляет 500 куб. метров и более и (или) проектное рабочее давление в присоединяемом газопроводе ко</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">торых составляет 0,6 МПа и более, в административных границах городских поселений с населением свыше 500 тыс. человек при определении платы за технологическое присоединение по </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>индивидуальному проекту учитываются расходы газораспределительных организаций, с</w:t>
+      </w:r>
+      <w:r>
+        <w:t>вязанные с ликвидацией дефицита пропускной способности существующих газораспределительных сетей, необходимой для осуществления технологического присоединения, в случае если такие расходы не были включены в инвестиционные программы газораспределительной орг</w:t>
+      </w:r>
+      <w:r>
+        <w:t>анизации. Указанные расходы также учитываются при определении платы за технологическое присоединение по индивидуальному проекту в других случаях, если лицо, подавшее заявку на подключение, письменно подтверждает готовность их компенсировать и если такие ра</w:t>
+      </w:r>
+      <w:r>
+        <w:t>сходы не были включены в инвестиционные программы газораспределительной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId295" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 432 &quot;О внесении изменений в Основные положения формирования и государственного регулирования цен на газ, тарифов на услуги по его транспортировке и платы за технологическое присоединение газоиспользующего оборудов">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 17</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.05.2016 N 432)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Указанные мероприятия осуществляются в установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId296" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1547 (ред. от 17.09.2024) &quot;Об утверждении Правил подключения (технологического присоединения) газоиспользующего оборудования и объектов капитального строительства к сетям газораспределения и о признании утратившим">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>порядке</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> газораспределительной организацией, к газораспредели</w:t>
+      </w:r>
+      <w:r>
+        <w:t>тельным сетям которой производится технологическое присоединение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>26(20). Состав расходов, включаемых в плату за технологическое присоединение, определяется Федеральной антимонопольной службой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId297" w:tooltip="Постановление Правительства РФ от 04.09.2015 N 941 (ред. от 30.05.2025) &quot;О внесении изменений, признании утратившими силу некоторых актов Правительства Российской Федерации в связи с упразднением Федеральной службы по тарифам и об утверждении Правил принятия Ф">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 04.09.2015 N 941)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>При этом одни и те же расходы (независимо от их предназначения) не могут учитываться при установлении тарифа на услуги по транспорт</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ировке газа по газораспределительным сетям и (или) специальных надбавок к тарифам на услуги по транспортировке газа по газораспределительным сетям для финансирования программ газификации и (или) при установлении платы за технологическое присоединение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>26(2</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1). В целях определения платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) стандартизированных тарифных ставок, определяющих ее величину, в отношении заявителей, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P439" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для ">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>абзаце первом пункта 26(22)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Основных положений, газораспределительные организации ежегодно, не позднее 1 октября, представляют в исполнительные органы субъектов Российской Федерации в области государственного регулирования цен (тарифо</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">в) прогнозные сведения о планируемых расходах на технологическое присоединение на очередной календарный год в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId298" w:tooltip="Приказ ФАС России от 16.08.2018 N 1151/18 (ред. от 03.09.2025) &quot;Об утверждении Методических указаний по расчету размера платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) размеров стандартизированных тар">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>мето</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>дическими указаниями</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> по расчету размера платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) стандартизированных тарифных ставок, определяющих ее величину, утверждаемыми федеральным органом исполнитель</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ной власти в области государственного регулирования цен (тарифов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 13.09.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId299" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1549</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId300" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 2187</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Стандартизированные тарифные ставки, определяющие величину платы за технологическое присоединение, дифференцируются исходя</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> из состава мероприятий по технологическому присоединению, обусловленных диапазонами диаметров строящихся газопроводов, протяженностью и типами их прокладки, материалами труб, техническими характеристиками объектов сети газораспределения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Плата за технолог</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ическое присоединение газоиспользующего оборудования, указанная в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P439" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для ">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пункте 26(22)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Основных положений, устанавливается с разбивкой по категориям потребителей. Исполнительные органы субъектов Российской Федерации </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">в области государственного регулирования цен (тарифов) вправе установить плату за технологическое присоединение газоиспользующего оборудования, указанную в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P439" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для ">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пункте 26(22)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Основных положений, с дифференциацией п</w:t>
+      </w:r>
+      <w:r>
+        <w:t>о расстоянию строящегося газопровода при условии сохранения общего расчетного размера выручки газораспределительной организации от оказания услуг по технологическому присоединению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId301" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N 2187)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">На основе представленных сведений исполнительные органы субъектов Российской Федерации в области государственного регулирования цен (тарифов) </w:t>
+      </w:r>
+      <w:r>
+        <w:t>устанавливают на очередной календарный год для каждой газораспределительной организации, к газораспределительным сетям которой планируется подключение новых потребителей газа, плату за технологическое присоединение газоиспользующего оборудования, указанную</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P439" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для ">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>абзаце первом пункта 26(22)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Основных положений, к газораспределительным сетям, а также стандартизированные тарифные ставки, определяющие величину платы за технологическое присоединение, не позднее 31 декабр</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">я года, предшествующего очередному году. Стандартизированные тарифные ставки, а также плата за технологическое присоединение газоиспользующего оборудования, указанная в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P439" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для ">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пункте 26(22)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Основных положений, могут </w:t>
+      </w:r>
+      <w:r>
+        <w:t>устанавливаться с территориальной дифференциацией в случае существенно отличающихся условий осуществления технологического присоединения на различных территориях функционирования газораспределительной организации при условии сохранения общего расчетного ра</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">змера выручки газораспределительной организации от оказания услуг по технологическому присоединению. В случае если у газораспределительной организации от оказания услуг по технологическому присоединению объектов, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P439" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для ">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пункте 26(22)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Основных положений, возникают выпадающие доходы, которые должны в соответствии с настоящими Основными положениями учитываться при определении тарифов на услуги по транспортировке газа по газораспределительным сетям, исполнител</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ьные органы субъектов Российской Федерации устанавливают плату за технологическое присоединение к газораспределительным сетям на очередной календарный год не позднее 15 декабря года, предшествующего очередному году.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(в ред. Постановлений Правительства РФ о</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">т 13.09.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId302" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1549</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId303" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 2187</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 26(21) в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId304" w:tooltip="Постановление Правительства РФ от 30.01.2018 N 82 (ред. от 31.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам совершенствования порядка подключения объектов капитального строительства к газораспределительным сетям">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.01.2018 N 82)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="P439"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:t>26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. м</w:t>
+      </w:r>
+      <w:r>
+        <w:t>етров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности), или 5 куб. метров в час,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для прочих заявителей), если иное не установлено настоящим пунктом, устанавливается в размере не менее 20 тыс. рублей и не более 50 тыс. рублей </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(с налогом на добавленную стоимость, если заявителем выступает физическое лицо, а в иных случаях без налога на добавленную стоимость) при условии, что расстояние от газоиспользующего оборудования до сети газораспределения газораспределительной организации,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> в которую подана заявка, с проектным рабочим давлением не более 0,3 МПа, измеряемое по прямой линии (наименьшее расстояние), составляет не более 200 метров и сами мероприятия предполагают строительство только газопроводов (без необходимости выполнения мер</w:t>
+      </w:r>
+      <w:r>
+        <w:t>оприятий по прокладке газопроводов бестраншейным способом и устройства пункта редуцирования газа) в соответствии с утвержденной в установленном порядке региональной (межрегиональной) программой газификации жилищно-коммунального хозяйства, промышленных и ин</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ых организаций, в том числе схемой расположения объектов газоснабжения, используемых для обеспечения населения газом. Указанные минимальный и максимальный уровни платы за </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>технологическое присоединение начиная с 2015 года ежегодно индексируются на прогнозны</w:t>
+      </w:r>
+      <w:r>
+        <w:t>й среднегодовой уровень инфляции, определенный прогнозом социально-экономического развития Российской Федерации на тот же период, на который устанавливается плата за технологическое присоединение. В указанную плату за технологическое присоединение газоиспо</w:t>
+      </w:r>
+      <w:r>
+        <w:t>льзующего оборудования не включаются расходы на выполнение мероприятий в границах земельного участка, принадлежащего на праве собственности или на ином законном основании физическому или юридическому лицу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(в ред. Постановлений Правительства РФ от 15.04.20</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">14 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId305" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 342 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам ценообразования на газ и подключения (технологического присоединения) объектов капитального строительс">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 342</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.01.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId306" w:tooltip="Постановление Правительства РФ от 30.01.2018 N 82 (ред. от 31.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам совершенствования порядка подключения объектов капитального строительства к газораспределительным сетям">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 82</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 21.02.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId307" w:tooltip="Постановление Правительства РФ от 21.02.2019 N 179 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 179</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 13.09.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId308" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1549</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="P441"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:t>Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, о</w:t>
+      </w:r>
+      <w:r>
+        <w:t>существляется без взимания с них средств при условии, что в населенном пункте, в котором располагается домовладение заявителя, проложены газораспределительные сети, по которым осуществляется транспортировка газа, или программой газификации жилищно-коммунал</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ьного хозяйства, промышленных и иных организаций в текущем календарном году предусмотрено строительство газораспределительных сетей до границ такого населенного пункта, а также при наличии у таких лиц документа, подтверждающего право собственности или иное</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> предусмотренное законом право на домовладение и земельный участок, на котором расположено это домовладение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId309" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 13.09.2021 N 1549; в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId310" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 16.04.2024 N 484)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Подключение (технологическое присоединение) газоиспользующего оборудования, расположенного в объектах капитального строительства, в которых размещены фельдшерские и фельдшерско-акушерские пункты</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, кабинеты (отделения) врачей общей практики и врачебные амбулатории, входящие в состав имеющих лицензии на осуществление медицинской деятельности медицинских организаций государственной системы здравоохранения и муниципальной системы здравоохранения, наме</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ревающихся использовать газ для отопления и горячего водоснабжения указанных объектов капитального строительства (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются указанные объекты капитального строительства), о</w:t>
+      </w:r>
+      <w:r>
+        <w:t>существляется без взимания с них средств при условии, что в населенном пункте, в котором располагаются такие объекты капитального строительства, проложены газораспределительные сети и осуществляется транспортировка газа, или программой газификации жилищно-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>коммунального хозяйства, промышленных и иных организаций в текущем календарном году предусмотрено строительство газораспределительных сетей до границ такого населенного пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId311" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N 2187; в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId312" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 16.04.2024 N 484)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Подключение (технологическое присоединение) газоиспользующего оборуд</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ования, принадлежащего юридическим лицам и расположенного в котельных всех типов, в которых планируется использовать газ в качестве топлива в целях выработки тепловой энергии (за исключением выполнения мероприятий в границах земельных участков, на которых </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">располагаются такие котельные) для обеспечения образовательной и (или) медицинской </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>деятельности исключительно государственных или муниципальных общеобразовательных организаций и (или) дошкольных образовательных организаций, имеющих лицензию на осуществлени</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">е образовательной деятельности, и (или) медицинских организаций государственной системы и муниципальной системы здравоохранения, имеющих лицензии на осуществление медицинской деятельности, осуществляется без взимания средств с юридических лиц при условии, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">что в населенном пункте, в котором располагаются котельные юридических лиц, проложены газораспределительные сети, по которым осуществляется транспортировка газа, а также при наличии у юридических лиц документа, подтверждающего право собственности или иное </w:t>
+      </w:r>
+      <w:r>
+        <w:t>предусмотренное законом право на котельные и земельный участок, на котором расположены эти котельные.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 30.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId313" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 2187</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 09.09.2023 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId314" w:tooltip="Постановление Правительства РФ от 09.09.2023 N 1477 (ред. от 06.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1477</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="P447"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:t xml:space="preserve">Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">удовлетворения личных, семейных, домашних и иных нужд, не связанных с осуществлением предпринимательской (профессиональной) деятельности, осуществляется без взимания с них средств при условии, что домовладение заявителя располагается в границах территории </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ведения гражданами садоводства для собственных нужд, находящейся в границах населенного пункта, в котором проложены газораспределительные сети, по которым осуществляется транспортировка газа, или программой газификации жилищно-коммунального хозяйства, пром</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ышленных и иных организаций в текущем календарном году предусмотрено строительство газораспределительных сетей до границ такого населенного пункта, а также при наличии у таких лиц документа, подтверждающего право собственности или иное предусмотренное зако</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ном право на домовладение и земельный участок, на котором расположено это домовладение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId315" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 16.04.2024 N 484)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Компенсация выпадающих доходов газораспределительной организации на выполнение мероприяти</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">й, подлежащих осуществлению в ходе технологического присоединения указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P441" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удов">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>абзацах втором</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P447" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удов">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пятом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящего пункта категорий заявителей, производится в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P464" w:tooltip="В случае если для газораспределительной организации специальная надбавка к тарифам на услуги по транспортировке газа по газораспределительным сетям не устанавливается, размер выпадающих доходов газораспределительной организации от присоединения указанного газо">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>абзацем четырнадцатым</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящего пункта, и осуществляется до 1 января 2036 г. (за исключением средств, предназначенных для возврата средств, привлеченных газораспределительной организацией по договорам, заключенным в 202</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1 году, на реализацию мероприятий по технологическому присоединению газоиспользующего оборудования заявителей, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P441" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удов">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>абзацах втором</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P447" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удов">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пятом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящего пункта, и уплаты проценто</w:t>
+      </w:r>
+      <w:r>
+        <w:t>в за пользование ими, а также на выкуп объектов капитального строительства, построенных за счет средств единого оператора газификации или регионального оператора газификации в ходе реализации указанных мероприятий).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(в ред. Постановлений Правительства РФ о</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">т 16.04.2024 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId316" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 484</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 11.12.2024 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId317" w:tooltip="Постановление Правительства РФ от 11.12.2024 N 1761 (ред. от 12.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1761</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Физические лица могут осуществить подключение (технологическое присоединение) газоиспользующего оборудования в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P441" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удов">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>абзац</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>ами вторым</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P447" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удов">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пятым</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящего пункта не более одного раза в течение 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId318" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 13.09.2021 N 1549; в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId319" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 16.04.2024 N 484)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Размер платы за технологическое присоединение газоиспользующего оборудования с </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>максимальным расходом газа, не превышающи</w:t>
+      </w:r>
+      <w:r>
+        <w:t>м 15 куб. метров в час (для заявителей, намеревающихся использовать газ для целей предпринимательской (коммерческой) деятельности) или 5 куб. метров в час (для прочих заявителей), в случае, если газораспределительная сеть проходит в границах земельного уча</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">стка, на котором расположен подключаемый объект капитального строительства, или отсутствует необходимость строительства газораспределительной сети до границ земельного участка, определяется исходя из размера стандартизированной тарифной ставки на покрытие </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">расходов газораспределительной организации, связанных с мониторингом выполнения заявителем технических условий и осуществлением фактического присоединения, и не должен превышать размер платы за технологическое присоединение газоиспользующего оборудования, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">определенный </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P439" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для ">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>абзацем первым</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId320" w:tooltip="Постановление Правительства РФ от 19.03.2020 N 305 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от </w:t>
+      </w:r>
+      <w:r>
+        <w:t>19.03.2020 N 305)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">При этом газораспределительная организация в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId321" w:tooltip="Приказ ФАС России от 16.08.2018 N 1151/18 (ред. от 03.09.2025) &quot;Об утверждении Методических указаний по расчету размера платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) размеров стандартизированных тар">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>методическими указаниями</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> по регулированию платы за </w:t>
+      </w:r>
+      <w:r>
+        <w:t>технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) стандартизированных тарифных ставок, определяющих ее величину, рассчитывает объем средств для компенсации своих расходов на выполнение мероприятий, подлежащи</w:t>
+      </w:r>
+      <w:r>
+        <w:t>х осуществлению в ходе технологического присоединения указанной категории заявителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Указанные расчеты представляются в регулирующий орган, который в своем решении отражает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId322" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 13.09.2021 N 1549)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>для зая</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">вителей, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P439" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для ">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>абзаце первом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящего пункта, - размер экономически обоснованной платы, а также соответствующие выпадающие доходы газораспределительной организации от присоединения указанного газоиспользующего о</w:t>
+      </w:r>
+      <w:r>
+        <w:t>борудования (при их возникновении);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId323" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 13.09.2021 N 1549)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">для заявителей, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P441" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удов">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>абзацах втором</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P447" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удов">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пятом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящего пункта, - </w:t>
+      </w:r>
+      <w:r>
+        <w:t>размер экономически обоснованных расходов на выполнение мероприятий, подлежащих осуществлению в ходе технологического присоединения, не покрытых финансовыми средствами, получаемыми газораспределительной организацией в результате введения специальных надбав</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ок к тарифам на транспортировку газа газораспределительными организациями и установления тарифа на услуги по транспортировке газа по газораспределительным сетям, а также получаемыми газораспределительными организациями от иных источников финансирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(в</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ред. Постановлений Правительства РФ от 13.09.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId324" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1549</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 24.11.2023 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId325" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1979</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 16.04.2024 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId326" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 484</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>В случае если размер экономически обоснованной платы газораспределительной организации ниже мин</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">имального уровня платы за технологическое присоединение, плата для потребителей, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P439" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для ">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>абзаце первом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящего пункта, устанавливается в размере экономически обоснованной платы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId327" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 13.09.2021 N 1549)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="P464"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:t xml:space="preserve">В случае если для газораспределительной организации специальная надбавка к тарифам на услуги по транспортировке газа по газораспределительным сетям не устанавливается, размер </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>выпадающих доходо</w:t>
+      </w:r>
+      <w:r>
+        <w:t>в газораспределительной организации от присоединения указанного газоиспользующего оборудования учитывается при определении тарифов на услуги по транспортировке газа по газораспределительным сетям в том же периоде регулирования, на который утверждается плат</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">а за технологическое присоединение. В случае если для газораспределительной организации устанавливается специальная надбавка к тарифам на услуги по транспортировке газа по газораспределительным сетям, то выпадающие доходы газораспределительной организации </w:t>
+      </w:r>
+      <w:r>
+        <w:t>покрываются за счет средств, получаемых от применения специальной надбавки в том же периоде регулирования, на который утверждается плата за технологическое присоединение. В случае если средств, получаемых от применения специальной надбавки, недостаточно дл</w:t>
+      </w:r>
+      <w:r>
+        <w:t>я покрытия выпадающих доходов газораспределительной организации, размер непокрытых за счет специальной надбавки выпадающих доходов газораспределительной организации от присоединения указанного газоиспользующего оборудования учитывается при определении тари</w:t>
+      </w:r>
+      <w:r>
+        <w:t>фов на услуги по транспортировке газа по газораспределительным сетям в том же периоде регулирования, на который утверждается плата за технологическое присоединение. Для компенсации выпадающих доходов газораспределительных организаций посредством учета соот</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ветствующих средств при установлении тарифов на услуги по транспортировке газа по газораспределительным сетям исполнительные органы субъектов Российской Федерации в области государственного регулирования тарифов направляют соответствующую информацию с прил</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ожением принятых решений и расчетов в федеральный орган исполнительной власти в области государственного регулирования тарифов в срок до 15 ноября года, предшествующего очередному году.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 13.09.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId328" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 15</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>49</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 30.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId329" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 2187</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">26(23). Плата за технологическое присоединение газоиспользующего оборудования к газораспределительным </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сетям устанавливается исходя из стоимости мероприятий по технологическому присоединению, определенной по индивидуальному проекту после его разработки и экспертизы, если проект подлежит экспертизе в соответствии с законодательством Российской Федерации, в с</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">лучае, если лицо, подавшее заявку на подключение, письменно подтверждает готовность компенсировать расходы газораспределительной организации, связанные с ликвидацией дефицита пропускной способности существующих газораспределительных сетей, необходимой для </w:t>
+      </w:r>
+      <w:r>
+        <w:t>осуществления технологического присоединения, если такие расходы не были включены в инвестиционные программы газораспределительной организации или в региональную (межрегиональную) программу газификации жилищно-коммунального хозяйства, промышленных и иных о</w:t>
+      </w:r>
+      <w:r>
+        <w:t>рганизаций, или в случае, если мероприятия по технологическому присоединению предусматривают:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>прокладку газопровода на территории земель лесного фонда или необходимость вырубки зеленых насаждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId330" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N 2187)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>переходы через водные преграды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>прокладку газопровода наружным диаметром свыше 219 мм и (или) протяженностью более 30 метров б</w:t>
+      </w:r>
+      <w:r>
+        <w:t>естраншейным способом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>прокладку газопровода по болотам 3 типа, и (или) в скальных породах, и (или) на землях особо охраняемых природных территорий, и (или) в границах зон охраны памятников историко-культурного наследия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId331" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Правительства РФ от 13.09.2021 N 1549)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Заявления и материалы для установления размера платы за технологическое присоединение к газораспределительным сетям по индивидуальному проекту могут представляться в исполнительные органы субъектов Российской Федераци</w:t>
+      </w:r>
+      <w:r>
+        <w:t>и в области государственного регулирования цен (тарифов) в электронной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId332" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 30.11.2022 N 2187)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 26(23) в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId333" w:tooltip="Постановление Правительства РФ от 19.03.2020 N 305 (ред. от 01.11.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 19.03.2020 N 305)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>26(24). В случае если по итогам хозяйственной деятельности прошедшего периода регулирования у газораспределительной организации появились эк</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ономически обоснованные расходы, превышающие объем средств, подлежащих компенсации газораспределительной организации в том же периоде регулирования за счет применения платы за технологическое присоединение газоиспользующего оборудования к газораспределител</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ьным сетям, и (или) специальных надбавок к тарифам на услуги по транспортировке газа по газораспределительным сетям, и (или) тарифов на услуги по транспортировке газа по газораспределительным сетям, на который утверждается плата за технологическое присоеди</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">нение, то регулирующие органы при представлении соответствующих обоснований учитывают эти расходы при установлении регулируемых тарифов на последующий расчетный период регулирования с учетом индексов-дефляторов в порядке, приведенном в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P439" w:tooltip="26(22). Плата за технологическое присоединение газоиспользующего оборудования с максимальным расходом газа, не превышающим 15 куб. метров в час, с учетом расхода газа ранее подключенного в данной точке подключения газоиспользующего оборудования заявителя (для ">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пункте 26(22)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Основных положений. В случае если по итогам хозяйственной деятельности прошедшего периода регулирования у газораспределительной организации доходы, предусмотренные для компенсации расходов, связанных с осуществление</w:t>
+      </w:r>
+      <w:r>
+        <w:t>м технологического присоединения газоиспользующего оборудования, превысили указанные расходы, сумма превышения используется в качестве источника для осуществления программы газификации субъекта Российской Федерации в следующем периоде. В случае если газора</w:t>
+      </w:r>
+      <w:r>
+        <w:t>спределительная организация более не осуществляет расходы, связанные с реализацией программ газификации, то указанная сумма превышения учитывается при установлении тарифов на услуги по транспортировке газа по газораспределительным сетям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId334" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 342 (ред. от 13.09.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам ценообразования на газ и подключения (технологического присоединения) объектов капитального строительс">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 15.04.2014 N 342)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">26(25). Средства, получаемые от применения специальной надбавки к тарифам на услуги по </w:t>
+      </w:r>
+      <w:r>
+        <w:t>транспортировке газа по газораспределительным сетям, могут быть направлены на покрытие расходов газораспределительных организаций, связанных с возвратом привлеченных заемных средств на реализацию мероприятий по технологическому присоединению газоиспользующ</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">его оборудования, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P441" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удов">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>абзацах втором</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P447" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удов">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пятом пункта 26(22)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Основных положений, и уплатой процентов за пользование ими, а также на выкуп объектов капитального строит</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ельства, построенных за счет средств единого оператора газификации или регионального оператора газификации в ходе реализации указанных мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 26(25) введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId335" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 13.09.2021 N 1549; в ред. Постановлений Пр</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">авительства РФ от 24.11.2023 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId336" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1979</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 16.04.2024 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId337" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 484</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="P480"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:t xml:space="preserve">26(26). В целях определения экономически обоснованных расходов на выполнение мероприятий на осуществление технологического присоединения заявителей, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P441" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удов">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>абзацах втором</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P447" w:tooltip="Подключение (технологическое присоединение) газоиспользующего оборудования физических лиц (за исключением выполнения мероприятий в границах земельных участков, на которых располагаются домовладения этих физических лиц), намеревающихся использовать газ для удов">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>пятом пункта 26(22)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящих Основных положений, газораспределительные организации ежеквартально, не позднее последнего дня месяца, следующего за отчетным кварталом, представляют в испол</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">нительные органы субъектов Российской Федерации в области государственного регулирования цен (тарифов) сведения о фактически понесенных расходах на </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>технологическое присоединение за отчетный квартал в соответствии с методическими указаниями по расчету разме</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ра платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям и (или) стандартизированных тарифных ставок, определяющих ее величину, утверждаемыми федеральным исполнительным органом в области государственного регули</w:t>
+      </w:r>
+      <w:r>
+        <w:t>рования цен (тарифов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 30.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId338" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 2187</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 09.09.2023 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId339" w:tooltip="Постановление Правительства РФ от 09.09.2023 N 1477 (ред. от 06.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1477</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 24.11.2023 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId340" w:tooltip="Постановление Правительства РФ от 24.11.2023 N 1979 (ред. от 11.12.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1979</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 16.04.2024 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId341" w:tooltip="Постановление Правительства РФ от 16.04.2024 N 484 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 484</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Размер экономически обоснованных расходов на выполнение мероприятий, подлежащих осуществлению в ходе технологического присоединения, утверждается исполните</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">льным органом субъекта Российской Федерации в области государственного регулирования цен (тарифов) в течение 15 рабочих дней с даты поступления сведений, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P480" w:tooltip="26(26). В целях определения экономически обоснованных расходов на выполнение мероприятий на осуществление технологического присоединения заявителей, указанных в абзацах втором - пятом пункта 26(22) настоящих Основных положений, газораспределительные организаци">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>абзаце первом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(в ред. Постановлени</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">й Правительства РФ от 30.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId342" w:tooltip="Постановление Правительства РФ от 30.11.2022 N 2187 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу отдельного положения постановления Правительства Российской Федерации от 10 декабря 2008 г. N 950&quot;  {Консу">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 2187</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, от 09.09.2023 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId343" w:tooltip="Постановление Правительства РФ от 09.09.2023 N 1477 (ред. от 06.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>N 1477</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(п. 26(26) введен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId344" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1549 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 13.09.2021 N 1549)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>VI(3). Плата за технологическое присоединение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>к магистральным газопроводам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">(введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId279" w:tooltip="Постановление Правительства РФ от 30.12.2013 N 1314 (ред. от 31.05.2025) &quot;Об утверждении Правил подключения (технологического присоединения) объектов капитального строительства к сетям газораспределения, а также об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot;  {КонсультантПлюс}">
-[...1946 lines deleted...]
-        <w:pStyle w:val="0"/>
+      <w:hyperlink r:id="rId345" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 01.11.2021 N 1899)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>26(27). При определен</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ии платы за технологическое присоединение к магистральным газопроводам учитываются расходы газотранспортной организации на выполнение мероприятий по технологическому присоединению к магистральным газопроводам, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId346" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1898 (ред. от 30.09.2022) &quot;Об утверждении Правил технологического присоединения к магистральным газопроводам&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Правилами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> технологического присоединения к магистральным газопроводам, утвержденными постановлением Правительства Российской Федерации от 1 ноября 2021 г. N 1898 "Об утверждении Правил технологического присоединения к магистральным газопровода</w:t>
+      </w:r>
+      <w:r>
+        <w:t>м", в соответствии с методическими указаниями по расчету размера платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводов до объек</w:t>
+      </w:r>
+      <w:r>
+        <w:t>тов капитального строительства, и газопроводов, предназначенных для транспортировки газа от месторождений природного газа до магистрального газопровода, утверждаемыми федеральным органом исполнительной власти в сфере государственного регулирования цен (тар</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ифов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>26(28). В состав расходов, учитываемых при определении платы за технологическое присоединение к магистральным газопроводам, не включаются расходы газотранспортной организации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">связанные с увеличением пропускной способности объектов газотранспортных </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">систем, принадлежащих организациям - собственникам систем газоснабжения, осуществляемым в целях создания технической возможности подключения (технологического присоединения) объекта капитального строительства к сети газораспределения, в отношении которого </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">лицом, обратившимся в газораспределительную организацию с заявкой о заключении договора о подключении (технологическом присоединении) газоиспользующего оборудования и объектов капитального строительства к сети газораспределения, получен отказ в заключении </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">такого договора по причине отсутствия технической возможности подключения (технологического присоединения) объекта капитального строительства к сети газораспределения в связи с </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>отсутствием пропускной способности указанных объектов газотранспортных систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>финансируемые за счет выручки от реализации газа по регулируемым оптовым ценам и услуг по транспортировке газа по магистральным газопроводам по регулируемым тарифам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">26(29). Размер расходов газотранспортной организации на выполнение мероприятий по технологическому присоединению к магистральным газопроводам, включаемых в состав расходов, учитываемых при определении платы за технологическое присоединение к магистральным </w:t>
+      </w:r>
+      <w:r>
+        <w:t>газопроводам, не должен превышать стоимость строительства объектов, создание которых необходимо для обеспечения технологического присоединения газопровода к магистральному газопроводу, определяемую с применением укрупненных нормативов цены строительства, а</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> в случае отсутствия укрупненных нормативов цены строительства для определения стоимости строительства таких объектов не должна превышать сметную стоимость, рассчитанную по сметным нормативам, включенным в федеральный реестр сметных нормативов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="2"/>
         <w:outlineLvl w:val="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>VI(4). Пла</w:t>
+      </w:r>
+      <w:r>
+        <w:t>та за техническое обслуживание, установку</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+        <w:t>и замену внутридомового и внутриквартирного</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="0"/>
+        <w:t>газового оборудования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:pStyle w:val="0"/>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">(введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId330" w:tooltip="Постановление Правительства РФ от 01.11.2021 N 1899 &quot;О внесении изменений в постановление Правительства Российской Федерации от 29 декабря 2000 г. N 1021&quot;  {КонсультантПлюс}">
-[...113 lines deleted...]
-        <w:pStyle w:val="0"/>
+      <w:hyperlink r:id="rId347" w:tooltip="Постановление Правительства РФ от 29.11.2025 N 1967 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Правительства РФ от 29.11.2025 N 1967)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>26(30). Цена (стоимость) услуг по техническому обслуживанию единицы внутридомового газового оборудования в многоквартирном доме, единицы внутриквартирного газового оборудования в многокварти</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">рном доме, единицы внутридомового газового оборудования в жилом доме, предусмотренных минимальным перечнем, а также цена (стоимость) работ по установке (за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId348" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1547 (ред. от 17.09.2024) &quot;Об утверждении Правил подключения (технологического присоединения) газоиспользующего оборудования и объектов капитального строительства к сетям газораспределения и о признании утратившим">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>правилами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> технологического присоединения газоиспользующего оборудования к газораспределительным сетям) и замене такого оборудования устанавливаются в виде единых стандартизированных тарифных с</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">тавок, определяющих размер платы за предусмотренное минимальным перечнем техническое обслуживание, установку (за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId349" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1547 (ред. от 17.09.2024) &quot;Об утверждении Правил подключения (технологического присоединения) газоиспользующего оборудования и объектов капитального строительства к сетям газораспределения и о признании утратившим">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>правилами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> технологического присоединения газоиспользующего оборудования к газораспределительным сетям) и замену внутридомового и внутриквартирного газового оборудования, для специализированных организаций, определенных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId350" w:tooltip="Постановление Правительства РФ от 14.05.2013 N 410 (ред. от 29.11.2025) &quot;О мерах по обеспечению безопасности при использовании и содержании внутридомового и внутриквартирного газового оборудования&quot; (вместе с &quot;Правилами пользования газом в части обеспечения без">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>Правилами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> пользования газом в части обеспечения безопасности при использовании и содержании внутридомового и внутриквартирного газового оборудо</w:t>
+      </w:r>
+      <w:r>
+        <w:t>вания при предоставлении коммунальной услуги по газоснабжению, утвержденными постановлением Правительства Российской Федерации от 14 мая 2013 г. N 410 "О мерах по обеспечению безопасности при использовании и содержании внутридомового и внутриквартирного га</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">зового оборудования" (далее - специализированные организации), в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId351" w:tooltip="Приказ ФАС России от 18.02.2026 N 98/26 &quot;Об утверждении Методических указаний по расчету размера платы за предусмотренные утвержденным Правительством Российской Федерации минимальным перечнем услуг (работ) по техническому обслуживанию и ремонту внутридомового ">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>методическими указаниями</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> по расчету размера платы</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> за предусмотренные минимальным перечнем техническое обслуживание, установку (за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId352" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1547 (ред. от 17.09.2024) &quot;Об утверждении Правил подключения (технологического присоединения) газоиспользующего оборудования и объектов капитального строительства к сетям газораспределения и о признании утратившим">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>правилами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> т</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ехнологического присоединения газоиспользующего оборудования к газораспределительным сетям) и замену внутридомового и внутриквартирного газового оборудования, утверждаемыми федеральным органом исполнительной власти в области государственного регулирования </w:t>
+      </w:r>
+      <w:r>
+        <w:t>цен (тарифов) (далее - методические указания по расчету размера платы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">26(31). При установлении единых стандартизированных тарифных ставок, определяющих размер платы за предусмотренное минимальным перечнем техническое обслуживание, установку </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>(за исключени</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ем случаев, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId353" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1547 (ред. от 17.09.2024) &quot;Об утверждении Правил подключения (технологического присоединения) газоиспользующего оборудования и объектов капитального строительства к сетям газораспределения и о признании утратившим">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>правилами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> технологического присоединения газоиспользующего оборудования к газораспределительным сетям</w:t>
+      </w:r>
+      <w:r>
+        <w:t>) и замену внутридомового и внутриквартирного газового оборудования, учитываются расходы специализированных организаций в соответствии с методическими указаниями по расчету размера платы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>26(32). В целях установления единых стандартизированных тарифных ста</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">вок, определяющих размер платы за предусмотренное минимальным перечнем техническое обслуживание, установку (за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId354" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1547 (ред. от 17.09.2024) &quot;Об утверждении Правил подключения (технологического присоединения) газоиспользующего оборудования и объектов капитального строительства к сетям газораспределения и о признании утратившим">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>правилами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> технологического присоединения газоиспользующего оборудования к газораспределительным сетям) и замену внутридомового и внутриквартирного газового оборудования, специализированные организации ежегодно, не позднее 1 октября, пред</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ставляют в исполнительные органы субъектов Российской Федерации в области государственного регулирования цен (тарифов) сведения о расходах на предусмотренное минимальным перечнем техническое обслуживание, установку (за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId355" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1547 (ред. от 17.09.2024) &quot;Об утверждении Правил подключения (технологического присоединения) газоиспользующего оборудования и объектов капитального строительства к сетям газораспределения и о признании утратившим">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>правилами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> технологического присоединения газоиспользующего оборудования к газораспределительным сетям) и замену внутридомового и </w:t>
+      </w:r>
+      <w:r>
+        <w:t>внутриквартирного газового оборудования в соответствии с методическими указаниями по расчету размера платы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Единые стандартизированные тарифные ставки, определяющие размер платы за предусмотренное минимальным перечнем техническое обслуживание, установку (з</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">а исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId356" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1547 (ред. от 17.09.2024) &quot;Об утверждении Правил подключения (технологического присоединения) газоиспользующего оборудования и объектов капитального строительства к сетям газораспределения и о признании утратившим">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>правилами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> технологического присоединения газоиспользующего оборудования к газораспределите</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">льным сетям) и замену внутридомового и внутриквартирного газового оборудования, дифференцируются исходя из состава мероприятий по техническому обслуживанию, установке (за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId357" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1547 (ред. от 17.09.2024) &quot;Об утверждении Правил подключения (технологического присоединения) газоиспользующего оборудования и объектов капитального строительства к сетям газораспределения и о признании утратившим">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>правилами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> технологического присоединения газоиспользующего оборудования к газораспределительным сетям) или замене, обусловленных видом такого оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>На основе представлен</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ных сведений исполнительные органы субъектов Российской Федерации в области государственного регулирования цен (тарифов) устанавливают на очередной календарный год для специализированных организаций единые стандартизированные тарифные ставки, определяющие </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">размер платы за техническое обслуживание, установку (за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId358" w:tooltip="Постановление Правительства РФ от 13.09.2021 N 1547 (ред. от 17.09.2024) &quot;Об утверждении Правил подключения (технологического присоединения) газоиспользующего оборудования и объектов капитального строительства к сетям газораспределения и о признании утратившим">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>правилами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> технологического присоедин</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ения газоиспользующего оборудования к газораспределительным сетям) и замену внутридомового и внутриквартирного газового оборудования, не позднее 31 декабря года, предшествующего очередному году.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:pStyle w:val="2"/>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle0"/>
+        <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
-        <w:jc w:val="center"/>
-[...68 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>VII. Заключительные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>27. Регулирующий орган в соот</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ветствии с законодательством Российской Федерации несет ответственность за экономическую обоснованность устанавливаемых цен (тарифов) и своевременность их введения, а также за разглашение сведений, составляющих коммерческую тайну.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">28. Споры и разногласия, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>связанные с применением регулируемых цен (тарифов), рассматриваются в соответствии с законодательством Российской Федерации, а в досудебном порядке - регулирующими органами в пределах их компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="100" w:after="100"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" dor:id="rId7"/>
+    <w:sectPr w:rsidR="00A6172B">
+      <w:headerReference w:type="default" r:id="rId359"/>
+      <w:footerReference w:type="default" r:id="rId360"/>
+      <w:headerReference w:type="first" r:id="rId361"/>
+      <w:footerReference w:type="first" r:id="rId362"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="566" w:bottom="1440" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
+      <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00FE522F" w:rsidRDefault="00FE522F">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00FE522F" w:rsidRDefault="00FE522F">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 w16se wne wp14">
-  <w:p>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
     <w:pPr>
+      <w:pStyle w:val="ConsPlusNormal0"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="40" w:type="dxa"/>
         <w:right w:w="40" w:type="dxa"/>
       </w:tblCellMar>
-      <w:tblLook w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="1"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="1"/>
+      <w:gridCol w:w="3394"/>
+      <w:gridCol w:w="3498"/>
+      <w:gridCol w:w="3395"/>
     </w:tblGrid>
-    <w:tr>
+    <w:tr w:rsidR="00A6172B">
+      <w:tblPrEx>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="1663"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1650" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p>
+        <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+          <w:pPr>
+            <w:pStyle w:val="ConsPlusNormal0"/>
+          </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:b/>
-              <w:color w:val="f58220"/>
+              <w:noProof/>
+              <w:color w:val="F58220"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
-              <w:noProof/>
             </w:rPr>
             <w:t>КонсультантПлюс</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:b/>
+              <w:noProof/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
-              <w:noProof/>
             </w:rPr>
             <w:br/>
             <w:t>надежная правовая поддержка</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1700" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p>
+        <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
           <w:pPr>
+            <w:pStyle w:val="ConsPlusNormal0"/>
             <w:jc w:val="center"/>
           </w:pPr>
-          <w:hyperlink r:id="rId1" w:history="0">
+          <w:hyperlink r:id="rId1">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
               </w:rPr>
               <w:t>www.consultant.ru</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1650" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p>
+        <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
           <w:pPr>
-            <w:jc w:val="end"/>
+            <w:pStyle w:val="ConsPlusNormal0"/>
+            <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
             <w:t xml:space="preserve">Страница </w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
             <w:instrText>PAGE</w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidR="00D934E5">
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:noProof/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>21</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
             <w:t xml:space="preserve"> из </w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
             <w:instrText>NUMPAGES</w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidR="00D934E5">
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:noProof/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>36</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p>
+  <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+    <w:pPr>
+      <w:pStyle w:val="ConsPlusNormal0"/>
+    </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 w16se wne wp14">
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+    <w:pPr>
+      <w:pStyle w:val="ConsPlusNormal0"/>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+        <w:szCs w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:left w:w="40" w:type="dxa"/>
+        <w:right w:w="40" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3394"/>
+      <w:gridCol w:w="3498"/>
+      <w:gridCol w:w="3395"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00A6172B">
+      <w:tblPrEx>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
+      <w:trPr>
+        <w:trHeight w:hRule="exact" w:val="1663"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1650" w:type="pct"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+          <w:pPr>
+            <w:pStyle w:val="ConsPlusNormal0"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:b/>
+              <w:noProof/>
+              <w:color w:val="F58220"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>КонсультантПлюс</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:b/>
+              <w:noProof/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:br/>
+            <w:t xml:space="preserve">надежная </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:b/>
+              <w:noProof/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>правовая поддержка</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1700" w:type="pct"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+          <w:pPr>
+            <w:pStyle w:val="ConsPlusNormal0"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+          <w:hyperlink r:id="rId1">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:color w:val="0000FF"/>
+              </w:rPr>
+              <w:t>www.consultant.ru</w:t>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1650" w:type="pct"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+          <w:pPr>
+            <w:pStyle w:val="ConsPlusNormal0"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Страница </w:t>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            </w:rPr>
+            <w:instrText>PAGE</w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00D934E5">
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>2</w:t>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> из </w:t>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            </w:rPr>
+            <w:instrText>NUMPAGES</w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00D934E5">
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>36</w:t>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+    <w:pPr>
+      <w:pStyle w:val="ConsPlusNormal0"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="2"/>
+        <w:szCs w:val="2"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00FE522F" w:rsidRDefault="00FE522F">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00FE522F" w:rsidRDefault="00FE522F">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="5000" w:type="pct"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="40" w:type="dxa"/>
         <w:right w:w="40" w:type="dxa"/>
       </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="1"/>
-      <w:gridCol w:w="1"/>
+      <w:gridCol w:w="5555"/>
+      <w:gridCol w:w="4732"/>
     </w:tblGrid>
-    <w:tr>
+    <w:tr w:rsidR="00A6172B">
+      <w:tblPrEx>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="1683"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2700" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p>
+        <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
           <w:pPr>
+            <w:pStyle w:val="ConsPlusNormal0"/>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Постановление Правительства РФ от 29.12.2000 N 1021</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
             <w:br/>
-            <w:t>(ред. от 30.08.2025)</w:t>
+            <w:t>(ред. от 29.11.2025)</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
             <w:br/>
             <w:t>"О государственном регулировании цен на газ, та...</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2300" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p>
+        <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
           <w:pPr>
-            <w:jc w:val="end"/>
+            <w:pStyle w:val="ConsPlusNormal0"/>
+            <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:noProof/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
-              <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve">Документ предоставлен </w:t>
           </w:r>
-          <w:hyperlink r:id="rId1" w:history="0" w:tooltip="КонсультантПлюс - надежная правовая система">
+          <w:hyperlink r:id="rId1" w:tooltip="КонсультантПлюс - надежная правовая система">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:noProof/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:noProof/>
               </w:rPr>
               <w:t>КонсультантПлюс</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:br/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Дата сохранения: 14.11.2025</w:t>
+            <w:t>Дата сохранения: 16.03.2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p>
+  <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
     <w:pPr>
+      <w:pStyle w:val="ConsPlusNormal0"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p/>
+  <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+    <w:pPr>
+      <w:pStyle w:val="ConsPlusNormal0"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="5000" w:type="pct"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblCellMar>
+        <w:left w:w="40" w:type="dxa"/>
+        <w:right w:w="40" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="5555"/>
+      <w:gridCol w:w="4732"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00A6172B">
+      <w:tblPrEx>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
+      <w:trPr>
+        <w:trHeight w:hRule="exact" w:val="1683"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2700" w:type="pct"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+          <w:pPr>
+            <w:pStyle w:val="ConsPlusNormal0"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Постановление Правительства РФ от 29.12.2000 N 1021</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:br/>
+            <w:t>(ред. от 29.11.2025)</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:br/>
+            <w:t>"О государственном регулировании цен на газ, та...</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2300" w:type="pct"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w:rsidR="00A6172B" w:rsidRDefault="00FE522F">
+          <w:pPr>
+            <w:pStyle w:val="ConsPlusNormal0"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:noProof/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Документ предоставлен </w:t>
+          </w:r>
+          <w:hyperlink r:id="rId1" w:tooltip="КонсультантПлюс - надежная правовая система">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:noProof/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>КонсультантПлюс</w:t>
+            </w:r>
+          </w:hyperlink>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:br/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Дата сохранения: 16.03.2026</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+    <w:pPr>
+      <w:pStyle w:val="ConsPlusNormal0"/>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+      </w:pBdr>
+      <w:rPr>
+        <w:sz w:val="2"/>
+        <w:szCs w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00A6172B" w:rsidRDefault="00A6172B">
+    <w:pPr>
+      <w:pStyle w:val="ConsPlusNormal0"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="140"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00A6172B"/>
+    <w:rsid w:val="00A6172B"/>
+    <w:rsid w:val="00D934E5"/>
+    <w:rsid w:val="00FE522F"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{48B42E91-CC7D-4E9E-B047-80DC45AB96C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
     <w:rPrDefault>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:style w:type="paragraph" w:default="1" w:customStyle="1" w:styleId="0">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
     <w:name w:val="ConsPlusNormal"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNonformat">
     <w:name w:val="ConsPlusNonformat"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-      <w:sz w:val="20"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTitle">
     <w:name w:val="ConsPlusTitle"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
       <w:sz w:val="24"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
-      <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusCell">
     <w:name w:val="ConsPlusCell"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-      <w:sz w:val="20"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusDocList">
     <w:name w:val="ConsPlusDocList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="18"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTitlePage">
     <w:name w:val="ConsPlusTitlePage"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-      <w:sz w:val="20"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusJurTerm">
     <w:name w:val="ConsPlusJurTerm"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="26"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTextList">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTextList0">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:default="1" w:customStyle="1" w:styleId="0">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal0">
     <w:name w:val="ConsPlusNormal"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNonformat0">
     <w:name w:val="ConsPlusNonformat"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-      <w:sz w:val="20"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTitle0">
     <w:name w:val="ConsPlusTitle"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
       <w:sz w:val="24"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
-      <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusCell0">
     <w:name w:val="ConsPlusCell"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-      <w:sz w:val="20"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusDocList0">
     <w:name w:val="ConsPlusDocList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="18"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTitlePage0">
     <w:name w:val="ConsPlusTitlePage"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-      <w:sz w:val="20"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusJurTerm0">
     <w:name w:val="ConsPlusJurTerm"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="26"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTextList1">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTextList2">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8"?>
-[...332 lines deleted...]
-</Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
-<file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=16.03.2026&amp;dst=100020&amp;field=134" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=16.03.2026&amp;dst=100015&amp;field=134" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332136&amp;date=16.03.2026&amp;dst=100026&amp;field=134" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520183&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100269&amp;field=134" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=16.03.2026&amp;dst=100028&amp;field=134" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=325755&amp;date=16.03.2026" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100042&amp;field=134" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100385&amp;field=134" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410694&amp;date=16.03.2026&amp;dst=100014&amp;field=134" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=122167&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=16.03.2026&amp;dst=100016&amp;field=134" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=16.03.2026&amp;dst=100034&amp;field=134" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=517768&amp;date=16.03.2026&amp;dst=100024&amp;field=134" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100285&amp;field=134" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=16.03.2026&amp;dst=100013&amp;field=134" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=419271&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=125632&amp;date=16.03.2026&amp;dst=100016&amp;field=134" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=396570&amp;date=16.03.2026&amp;dst=100016&amp;field=134" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506884&amp;date=16.03.2026&amp;dst=100012&amp;field=134" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=427938&amp;date=16.03.2026&amp;dst=100010&amp;field=134" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410695&amp;date=16.03.2026&amp;dst=100015&amp;field=134" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100022&amp;field=134" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100036&amp;field=134" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=16.03.2026&amp;dst=100018&amp;field=134" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=16.03.2026&amp;dst=100031&amp;field=134" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=68123&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520183&amp;date=16.03.2026&amp;dst=100013&amp;field=134" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=16.03.2026&amp;dst=100016&amp;field=134" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486314&amp;date=16.03.2026&amp;dst=100025&amp;field=134" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520184&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=16.03.2026&amp;dst=100014&amp;field=134" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410700&amp;date=16.03.2026&amp;dst=100023&amp;field=134" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=462820&amp;date=16.03.2026&amp;dst=100028&amp;field=134" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=172031&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100251&amp;field=134" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=16.03.2026&amp;dst=100022&amp;field=134" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404828&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=16.03.2026&amp;dst=100021&amp;field=134" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=185781&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=125632&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520183&amp;date=16.03.2026&amp;dst=100013&amp;field=134" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=522137&amp;date=16.03.2026&amp;dst=100016&amp;field=134" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=16.03.2026&amp;dst=100034&amp;field=134" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=16.03.2026&amp;dst=100022&amp;field=134" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=397757&amp;date=16.03.2026&amp;dst=100018&amp;field=134" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332136&amp;date=16.03.2026&amp;dst=100026&amp;field=134" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=16.03.2026&amp;dst=100013&amp;field=134" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=16.03.2026&amp;dst=100018&amp;field=134" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=522137&amp;date=16.03.2026&amp;dst=100026&amp;field=134" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=154445&amp;date=16.03.2026&amp;dst=100006&amp;field=134" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=522137&amp;date=16.03.2026&amp;dst=100040&amp;field=134" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506884&amp;date=16.03.2026&amp;dst=100018&amp;field=134" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=430046&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410694&amp;date=16.03.2026&amp;dst=100014&amp;field=134" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511593&amp;date=16.03.2026&amp;dst=100055&amp;field=134" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486314&amp;date=16.03.2026&amp;dst=100025&amp;field=134" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511593&amp;date=16.03.2026&amp;dst=100012&amp;field=134" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520184&amp;date=16.03.2026&amp;dst=100018&amp;field=134" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100040&amp;field=134" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=319666&amp;date=16.03.2026&amp;dst=100006&amp;field=134" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=84219&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520184&amp;date=16.03.2026&amp;dst=100012&amp;field=134" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=522137&amp;date=16.03.2026&amp;dst=100043&amp;field=134" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=419271&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100262&amp;field=134" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100272&amp;field=134" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=16.03.2026&amp;dst=100029&amp;field=134" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=107496&amp;date=16.03.2026&amp;dst=100013&amp;field=134" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410700&amp;date=16.03.2026&amp;dst=100023&amp;field=134" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=68123&amp;date=16.03.2026&amp;dst=100008&amp;field=134" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100400&amp;field=134" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=16.03.2026&amp;dst=100030&amp;field=134" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100014&amp;field=134" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486314&amp;date=16.03.2026&amp;dst=100025&amp;field=134" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100264&amp;field=134" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=16.03.2026&amp;dst=100025&amp;field=134" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332136&amp;date=16.03.2026&amp;dst=100029&amp;field=134" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=517768&amp;date=16.03.2026&amp;dst=100024&amp;field=134" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404538&amp;date=16.03.2026&amp;dst=100010&amp;field=134" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=16.03.2026&amp;dst=100019&amp;field=134" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=522137&amp;date=16.03.2026&amp;dst=100027&amp;field=134" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=89920&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=333378&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=16.03.2026&amp;dst=100016&amp;field=134" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=416575&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=462820&amp;date=16.03.2026&amp;dst=100035&amp;field=134" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=16.03.2026&amp;dst=100024&amp;field=134" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474810&amp;date=16.03.2026&amp;dst=100014&amp;field=134" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100255&amp;field=134" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=425951&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100381&amp;field=134" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=16.03.2026&amp;dst=100020&amp;field=134" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=16.03.2026&amp;dst=100016&amp;field=134" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100026&amp;field=134" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410700&amp;date=16.03.2026&amp;dst=100023&amp;field=134" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516026&amp;date=16.03.2026&amp;dst=100018&amp;field=134" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=36818&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=16.03.2026&amp;dst=100025&amp;field=134" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=185789&amp;date=16.03.2026&amp;dst=100006&amp;field=134" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332136&amp;date=16.03.2026&amp;dst=100033&amp;field=134" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=212833&amp;date=16.03.2026&amp;dst=100032&amp;field=134" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521621&amp;date=16.03.2026&amp;dst=35&amp;field=134" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100342&amp;field=134" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=16.03.2026&amp;dst=100019&amp;field=134" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100416&amp;field=134" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474810&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432955&amp;date=16.03.2026&amp;dst=100006&amp;field=134" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=397757&amp;date=16.03.2026&amp;dst=100018&amp;field=134" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100257&amp;field=134" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100020&amp;field=134" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=107496&amp;date=16.03.2026&amp;dst=100010&amp;field=134" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410700&amp;date=16.03.2026&amp;dst=100023&amp;field=134" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=16.03.2026&amp;dst=100039&amp;field=134" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=517768&amp;date=16.03.2026" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100383&amp;field=134" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=107496&amp;date=16.03.2026&amp;dst=100009&amp;field=134" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100283&amp;field=134" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=522137&amp;date=16.03.2026&amp;dst=100028&amp;field=134" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=430046&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100405&amp;field=134" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=16.03.2026&amp;dst=100020&amp;field=134" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410692&amp;date=16.03.2026&amp;dst=100015&amp;field=134" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=36818&amp;date=16.03.2026&amp;dst=100006&amp;field=134" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395612&amp;date=16.03.2026&amp;dst=100010&amp;field=134" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474810&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=16.03.2026&amp;dst=100017&amp;field=134" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100418&amp;field=134" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395613&amp;date=16.03.2026&amp;dst=100010&amp;field=134" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=107496&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100035&amp;field=134" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=527679&amp;date=16.03.2026&amp;dst=100010&amp;field=134" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332136&amp;date=16.03.2026&amp;dst=100032&amp;field=134" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100284&amp;field=134" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=223062&amp;date=16.03.2026&amp;dst=100013&amp;field=134" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=396570&amp;date=16.03.2026&amp;dst=100014&amp;field=134" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198170&amp;date=16.03.2026&amp;dst=100006&amp;field=134" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=16.03.2026&amp;dst=100020&amp;field=134" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=172031&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=16.03.2026&amp;dst=100015&amp;field=134" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=84219&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100015&amp;field=134" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=462820&amp;date=16.03.2026&amp;dst=100024&amp;field=134" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410692&amp;date=16.03.2026&amp;dst=100016&amp;field=134" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410700&amp;date=16.03.2026&amp;dst=100023&amp;field=134" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100268&amp;field=134" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100034&amp;field=134" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=16.03.2026&amp;dst=100018&amp;field=134" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=16.03.2026&amp;dst=100022&amp;field=134" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=193023&amp;date=16.03.2026&amp;dst=100013&amp;field=134" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=16.03.2026&amp;dst=100027&amp;field=134" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=16.03.2026&amp;dst=100040&amp;field=134" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=122167&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100407&amp;field=134" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=462820&amp;date=16.03.2026&amp;dst=100020&amp;field=134" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=396570&amp;date=16.03.2026&amp;dst=100013&amp;field=134" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=16.03.2026&amp;dst=100016&amp;field=134" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=16.03.2026&amp;dst=100015&amp;field=134" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100017&amp;field=134" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=16.03.2026&amp;dst=100015&amp;field=134" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=89920&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=333378&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=16.03.2026&amp;dst=100018&amp;field=134" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100273&amp;field=134" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100275&amp;field=134" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=16.03.2026&amp;dst=100033&amp;field=134" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486314&amp;date=16.03.2026&amp;dst=100025&amp;field=134" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100280&amp;field=134" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410700&amp;date=16.03.2026&amp;dst=100023&amp;field=134" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=522137&amp;date=16.03.2026&amp;dst=100032&amp;field=134" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502888&amp;date=16.03.2026&amp;dst=100046&amp;field=134" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=16.03.2026&amp;dst=100010&amp;field=134" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=16.03.2026&amp;dst=100017&amp;field=134" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=154445&amp;date=16.03.2026&amp;dst=100009&amp;field=134" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486314&amp;date=16.03.2026&amp;dst=100025&amp;field=134" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100409&amp;field=134" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=16.03.2026&amp;dst=100016&amp;field=134" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=185789&amp;date=16.03.2026&amp;dst=100006&amp;field=134" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395612&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=16.03.2026&amp;dst=100026&amp;field=134" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=171176&amp;date=16.03.2026&amp;dst=100010&amp;field=134" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100277&amp;field=134" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520757&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100421&amp;field=134" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=382119&amp;date=16.03.2026&amp;dst=100015&amp;field=134" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=16.03.2026&amp;dst=100020&amp;field=134" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100044&amp;field=134" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=16.03.2026&amp;dst=100009&amp;field=134" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=380370&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508825&amp;date=16.03.2026&amp;dst=100012&amp;field=134" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="www.eias.ru" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=522137&amp;date=16.03.2026&amp;dst=100015&amp;field=134" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=16.03.2026&amp;dst=100010&amp;field=134" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100018&amp;field=134" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=16.03.2026&amp;dst=100019&amp;field=134" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=16.03.2026&amp;dst=100021&amp;field=134" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=16.03.2026&amp;dst=100023&amp;field=134" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100411&amp;field=134" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100420&amp;field=134" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486314&amp;date=16.03.2026&amp;dst=100025&amp;field=134" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=107496&amp;date=16.03.2026&amp;dst=100009&amp;field=134" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410692&amp;date=16.03.2026&amp;dst=100015&amp;field=134" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395612&amp;date=16.03.2026&amp;dst=100012&amp;field=134" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100043&amp;field=134" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198170&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=431832&amp;date=16.03.2026&amp;dst=378&amp;field=134" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100401&amp;field=134" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502888&amp;date=16.03.2026&amp;dst=100046&amp;field=134" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520184&amp;date=16.03.2026&amp;dst=100015&amp;field=134" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100021&amp;field=134" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100268&amp;field=134" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332136&amp;date=16.03.2026&amp;dst=100030&amp;field=134" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100409&amp;field=134" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=16.03.2026&amp;dst=100025&amp;field=134" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474810&amp;date=16.03.2026&amp;dst=100015&amp;field=134" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=171176&amp;date=16.03.2026&amp;dst=100010&amp;field=134" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=172031&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100039&amp;field=134" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404828&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=122167&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=16.03.2026&amp;dst=100023&amp;field=134" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=16.03.2026&amp;dst=100033&amp;field=134" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100384&amp;field=134" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511602&amp;date=16.03.2026" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410695&amp;date=16.03.2026&amp;dst=100015&amp;field=134" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=522137&amp;date=16.03.2026&amp;dst=100015&amp;field=134" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=125632&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=397757&amp;date=16.03.2026&amp;dst=100018&amp;field=134" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486314&amp;date=16.03.2026&amp;dst=100025&amp;field=134" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=16.03.2026&amp;dst=100015&amp;field=134" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410692&amp;date=16.03.2026&amp;dst=100018&amp;field=134" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486314&amp;date=16.03.2026&amp;dst=100025&amp;field=134" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508825&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=462820&amp;date=16.03.2026&amp;dst=100020&amp;field=134" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=396570&amp;date=16.03.2026&amp;dst=100013&amp;field=134" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486314&amp;date=16.03.2026&amp;dst=100025&amp;field=134" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410700&amp;date=16.03.2026&amp;dst=100023&amp;field=134" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=522137&amp;date=16.03.2026&amp;dst=100024&amp;field=134" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508825&amp;date=16.03.2026&amp;dst=100010&amp;field=134" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=16.03.2026&amp;dst=100012&amp;field=134" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520757&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100259&amp;field=134" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=111662&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100268&amp;field=134" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=16.03.2026&amp;dst=100017&amp;field=134" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=16.03.2026&amp;dst=100027&amp;field=134" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=16.03.2026&amp;dst=100036&amp;field=134" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=125632&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=36818&amp;date=16.03.2026&amp;dst=100007&amp;field=134" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502888&amp;date=16.03.2026&amp;dst=100046&amp;field=134" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410700&amp;date=16.03.2026&amp;dst=100023&amp;field=134" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=16.03.2026&amp;dst=100021&amp;field=134" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=357276&amp;date=16.03.2026&amp;dst=100012&amp;field=134" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=16.03.2026&amp;dst=100018&amp;field=134" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=522137&amp;date=16.03.2026&amp;dst=100031&amp;field=134" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=479896&amp;date=16.03.2026&amp;dst=100012&amp;field=134" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=522137&amp;date=16.03.2026&amp;dst=100038&amp;field=134" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508825&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100263&amp;field=134" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100413&amp;field=134" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=185781&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506884&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=513495&amp;date=16.03.2026&amp;dst=100084&amp;field=134" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=16.03.2026&amp;dst=100009&amp;field=134" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=380370&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=380370&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520184&amp;date=16.03.2026&amp;dst=100016&amp;field=134" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395612&amp;date=16.03.2026&amp;dst=100016&amp;field=134" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486314&amp;date=16.03.2026&amp;dst=100025&amp;field=134" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=16.03.2026&amp;dst=100017&amp;field=134" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100041&amp;field=134" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100285&amp;field=134" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=522137&amp;date=16.03.2026&amp;dst=100034&amp;field=134" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100403&amp;field=134" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100409&amp;field=134" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=416575&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198170&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100265&amp;field=134" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=16.03.2026&amp;dst=100035&amp;field=134" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100276&amp;field=134" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520757&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516026&amp;date=16.03.2026&amp;dst=100018&amp;field=134" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=513495&amp;date=16.03.2026&amp;dst=100084&amp;field=134" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=154445&amp;date=16.03.2026&amp;dst=100010&amp;field=134" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520183&amp;date=16.03.2026&amp;dst=100010&amp;field=134" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100266&amp;field=134" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474810&amp;date=16.03.2026&amp;dst=100012&amp;field=134" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486314&amp;date=16.03.2026&amp;dst=100025&amp;field=134" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332136&amp;date=16.03.2026&amp;dst=100028&amp;field=134" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=16.03.2026&amp;dst=100028&amp;field=134" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=522137&amp;date=16.03.2026&amp;dst=100035&amp;field=134" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=154445&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=36818&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100261&amp;field=134" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=16.03.2026&amp;dst=100038&amp;field=134" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=500031&amp;date=16.03.2026&amp;dst=100014&amp;field=134" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=333378&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=522137&amp;date=16.03.2026&amp;dst=100036&amp;field=134" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100014&amp;field=134" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=125632&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100404&amp;field=134" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495705&amp;date=16.03.2026&amp;dst=100039&amp;field=134" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=125632&amp;date=16.03.2026&amp;dst=100009&amp;field=134" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=125632&amp;date=16.03.2026&amp;dst=100018&amp;field=134" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=517768&amp;date=16.03.2026" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=462820&amp;date=16.03.2026&amp;dst=100031&amp;field=134" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=16.03.2026&amp;dst=100018&amp;field=134" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395612&amp;date=16.03.2026&amp;dst=100014&amp;field=134" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520184&amp;date=16.03.2026&amp;dst=100019&amp;field=134" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=425951&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506884&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=425951&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100382&amp;field=134" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100278&amp;field=134" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=513495&amp;date=16.03.2026&amp;dst=100085&amp;field=134" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432955&amp;date=16.03.2026&amp;dst=100006&amp;field=134" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520184&amp;date=16.03.2026&amp;dst=100013&amp;field=134" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=513495&amp;date=16.03.2026&amp;dst=100087&amp;field=134" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=474708&amp;date=16.03.2026&amp;dst=100018&amp;field=134" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=400593&amp;date=16.03.2026&amp;dst=100012&amp;field=134" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=416575&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=16.03.2026&amp;dst=100023&amp;field=134" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486314&amp;date=16.03.2026&amp;dst=100025&amp;field=134" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100025&amp;field=134" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100281&amp;field=134" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100047&amp;field=134" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395612&amp;date=16.03.2026&amp;dst=100010&amp;field=134" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=16.03.2026&amp;dst=100017&amp;field=134" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=125632&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395520&amp;date=16.03.2026&amp;dst=100029&amp;field=134" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=410693&amp;date=16.03.2026&amp;dst=100028&amp;field=134" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=16.03.2026&amp;dst=100030&amp;field=134" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=110862&amp;date=16.03.2026&amp;dst=100033&amp;field=134" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395613&amp;date=16.03.2026&amp;dst=100010&amp;field=134" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=154445&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=430046&amp;date=16.03.2026&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=404828&amp;date=16.03.2026&amp;dst=100011&amp;field=134" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100421&amp;field=134" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=313105&amp;date=16.03.2026&amp;dst=100015&amp;field=134" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=332136&amp;date=16.03.2026&amp;dst=100031&amp;field=134" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=185789&amp;date=16.03.2026&amp;dst=100006&amp;field=134" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432853&amp;date=16.03.2026&amp;dst=100381&amp;field=134" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506883&amp;date=16.03.2026&amp;dst=100286&amp;field=134" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=395613&amp;date=16.03.2026&amp;dst=100010&amp;field=134" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486314&amp;date=16.03.2026&amp;dst=100025&amp;field=134" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/></Relationships>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>КонсультантПлюс Версия 4025.00.30</Application>
-  <Company>КонсультантПлюс Версия 4025.00.30</Company>
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>34838</Words>
+  <Characters>198578</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>1654</Lines>
+  <Paragraphs>465</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>КонсультантПлюс Версия 4025.00.50</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>232951</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Постановление Правительства РФ от 29.12.2000 N 1021
-(ред. от 30.08.2025)
+(ред. от 29.11.2025)
 "О государственном регулировании цен на газ, тарифов на услуги по его транспортировке, платы за технологическое присоединение газоиспользующего оборудования к газораспределительным сетям на территории Российской Федерации и платы за технологическое присоединение к магистральным газопроводам строящихся и реконструируемых газопроводов, предназначенных для транспортировки газа от магистральных газопроводов до объектов капитального строите</dc:title>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>