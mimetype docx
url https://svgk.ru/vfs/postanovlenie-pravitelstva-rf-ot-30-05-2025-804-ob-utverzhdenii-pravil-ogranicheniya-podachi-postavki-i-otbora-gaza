--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -282,51 +282,51 @@
                   <w:sz w:val="28"/>
                   <w:color w:val="0000ff"/>
                   <w:b w:val="on"/>
                 </w:rPr>
                 <w:t xml:space="preserve">КонсультантПлюс</w:t>
                 <w:br/>
                 <w:br/>
               </w:r>
             </w:hyperlink>
             <w:hyperlink w:history="0" dor:id="rId4" w:tooltip="Ссылка на КонсультантПлюс">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:color w:val="0000ff"/>
                   <w:b w:val="on"/>
                 </w:rPr>
                 <w:t xml:space="preserve">www.consultant.ru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:br/>
-              <w:t xml:space="preserve">Дата сохранения: 15.09.2025</w:t>
+              <w:t xml:space="preserve">Дата сохранения: 15.10.2025</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="841" w:right="595" w:bottom="841" w:left="595" w:header="0" w:footer="0" w:gutter="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:outlineLvl w:val="0"/>
@@ -2654,51 +2654,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>КонсультантПлюс</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:br/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Дата сохранения: 15.09.2025</w:t>
+            <w:t>Дата сохранения: 15.10.2025</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p/>
 </w:hdr>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:pPrDefault>
       <w:pPr>
@@ -2913,59 +2913,59 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 	<Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 	<Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/>
 	<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/>
 	<Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/>
 	<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/>
 	<Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/>
-	<Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=500821&amp;date=15.09.2025&amp;dst=88&amp;field=134" TargetMode="External"/>
-[...4 lines deleted...]
-	<Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511406&amp;date=15.09.2025" TargetMode="External"/>
+	<Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=500821&amp;date=15.10.2025&amp;dst=88&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=350309&amp;date=15.10.2025" TargetMode="External"/>
+	<Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=351860&amp;date=15.10.2025&amp;dst=100022&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=345575&amp;date=15.10.2025&amp;dst=100015&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=350236&amp;date=15.10.2025" TargetMode="External"/>
+	<Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511406&amp;date=15.10.2025" TargetMode="External"/>
 	<Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="www.pravo.gov.ru" TargetMode="External"/>
-	<Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511406&amp;date=15.09.2025&amp;dst=583&amp;field=134" TargetMode="External"/>
-	<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511406&amp;date=15.09.2025&amp;dst=100610&amp;field=134" TargetMode="External"/><Relationship Target="media/Image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/>
+	<Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511406&amp;date=15.10.2025&amp;dst=583&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511406&amp;date=15.10.2025&amp;dst=100610&amp;field=134" TargetMode="External"/><Relationship Target="media/Image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 	<Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 	<Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/>
 </Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>КонсультантПлюс Версия 4024.00.50</Application>
   <Company>КонсультантПлюс Версия 4024.00.50</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Постановление Правительства РФ от 30.05.2025 N 804