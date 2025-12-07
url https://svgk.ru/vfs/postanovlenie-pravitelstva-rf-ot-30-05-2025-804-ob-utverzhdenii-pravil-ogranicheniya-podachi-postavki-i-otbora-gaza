--- v1 (2025-11-10)
+++ v2 (2025-12-07)
@@ -1,84 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-[...3 lines deleted...]
-</Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dor="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00C51609" w:rsidRPr="00C51609" w:rsidRDefault="00DB582B">
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:align>bottom</wp:align>
             </wp:positionV>
             <wp:extent cx="4539615" cy="1080000"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip dor:embed="rId16"/>
+                    <a:blip dor:embed="rId18"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4539615" cy="1080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -131,51 +128,51 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="5"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:position w:val="-61"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="3810000" cy="904875"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip dor:embed="rId2">
+                          <a:blip dor:embed="rId3">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3810000" cy="904875"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -207,126 +204,128 @@
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="5"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="48"/>
               </w:rPr>
               <w:t xml:space="preserve">Постановление Правительства РФ от 30.05.2025 N 804</w:t>
               <w:br/>
+              <w:t xml:space="preserve">(ред. от 27.10.2025)</w:t>
+              <w:br/>
               <w:t xml:space="preserve">"Об утверждении Правил ограничения подачи (поставки) и отбора газа"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="3031" w:hRule="exact"/>
         </w:trPr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
             <w:insideV w:val="nil"/>
             <w:insideH w:val="nil"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10716" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="5"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Документ предоставлен </w:t>
             </w:r>
-            <w:hyperlink w:history="0" dor:id="rId3" w:tooltip="Ссылка на КонсультантПлюс">
+            <w:hyperlink w:history="0" dor:id="rId4" w:tooltip="Ссылка на КонсультантПлюс">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:color w:val="0000ff"/>
                   <w:b w:val="on"/>
                 </w:rPr>
                 <w:t xml:space="preserve">КонсультантПлюс</w:t>
                 <w:br/>
                 <w:br/>
               </w:r>
             </w:hyperlink>
-            <w:hyperlink w:history="0" dor:id="rId4" w:tooltip="Ссылка на КонсультантПлюс">
+            <w:hyperlink w:history="0" dor:id="rId5" w:tooltip="Ссылка на КонсультантПлюс">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:color w:val="0000ff"/>
                   <w:b w:val="on"/>
                 </w:rPr>
                 <w:t xml:space="preserve">www.consultant.ru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:br/>
-              <w:t xml:space="preserve">Дата сохранения: 15.10.2025</w:t>
+              <w:t xml:space="preserve">Дата сохранения: 14.11.2025</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="841" w:right="595" w:bottom="841" w:left="595" w:header="0" w:footer="0" w:gutter="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:outlineLvl w:val="0"/>
@@ -401,352 +400,497 @@
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ОБ УТВЕРЖДЕНИИ ПРАВИЛ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРАНИЧЕНИЯ ПОДАЧИ (ПОСТАВКИ) И ОТБОРА ГАЗА</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:spacing w:after="1"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideV w:val="nil"/>
+          <w:insideH w:val="nil"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="60"/>
+        <w:gridCol w:w="113"/>
+        <w:gridCol w:w="9921"/>
+        <w:gridCol w:w="113"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="60" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:shd w:val="clear" w:fill="ced3f1"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="113" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="113" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Список изменяющих документов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(в ред. </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" dor:id="rId8" w:tooltip="Постановление Правительства РФ от 27.10.2025 N 1670 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="24"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Постановления</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства РФ от 27.10.2025 N 1670)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В соответствии со </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId7" w:tooltip="Федеральный закон от 31.03.1999 N 69-ФЗ (ред. от 28.12.2024) &quot;О газоснабжении в Российской Федерации&quot;  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId9" w:tooltip="Федеральный закон от 31.03.1999 N 69-ФЗ (ред. от 28.12.2024) &quot;О газоснабжении в Российской Федерации&quot;  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">статьей 8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Федерального закона "О газоснабжении в Российской Федерации" Правительство Российской Федерации постановляет:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Утвердить прилагаемые </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P35" w:tooltip="ПРАВИЛА">
+      <w:hyperlink w:history="0" w:anchor="P37" w:tooltip="ПРАВИЛА">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Правила</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ограничения подачи (поставки) и отбора газа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Признать утратившими силу:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...3 lines deleted...]
-      <w:hyperlink w:history="0" dor:id="rId8" w:tooltip="Постановление Правительства РФ от 25.11.2016 N 1245 (ред. от 10.04.2020) &quot;О порядке ограничения подачи (поставки) и отбора газа, об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; (вместе с &quot;Правилами ограничения подачи (поставки) и отбора газа&quot;)  ------------ Утратил силу или отменен  {КонсультантПлюс}">
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink w:history="0" dor:id="rId10" w:tooltip="Постановление Правительства РФ от 25.11.2016 N 1245 (ред. от 10.04.2020) &quot;О порядке ограничения подачи (поставки) и отбора газа, об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; (вместе с &quot;Правилами ограничения подачи (поставки) и отбора газа&quot;)  ------------ Утратил силу или отменен  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 25 ноября 2016 г. N 1245 "О порядке ограничения подачи (поставки) и отбора газа, об изменении и признании утратившими силу некоторых актов Правительства Российской Федерации" (Собрание законодательства Российской Федерации, 2016, N 49, ст. 6911);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...3 lines deleted...]
-      <w:hyperlink w:history="0" dor:id="rId9" w:tooltip="Постановление Правительства РФ от 26.07.2018 N 875 (ред. от 30.04.2020) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  ------------ Недействующая редакция  {КонсультантПлюс}">
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink w:history="0" dor:id="rId11" w:tooltip="Постановление Правительства РФ от 26.07.2018 N 875 (ред. от 30.04.2020) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  ------------ Недействующая редакция  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункт 8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 26 июля 2018 г. N 875 "О внесении изменений в некоторые акты Правительства Российской Федерации" (Собрание законодательства Российской Федерации, 2018, N 32, ст. 5337);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...3 lines deleted...]
-      <w:hyperlink w:history="0" dor:id="rId10" w:tooltip="Постановление Правительства РФ от 14.02.2020 N 144 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  ------------ Недействующая редакция  {КонсультантПлюс}">
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink w:history="0" dor:id="rId12" w:tooltip="Постановление Правительства РФ от 14.02.2020 N 144 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  ------------ Недействующая редакция  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункт 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 14 февраля 2020 г. N 144 "О внесении изменений в некоторые акты Правительства Российской Федерации" (Собрание законодательства Российской Федерации, 2020, N 8, ст. 1007);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...3 lines deleted...]
-      <w:hyperlink w:history="0" dor:id="rId11" w:tooltip="Постановление Правительства РФ от 10.04.2020 N 480 &quot;О внесении изменения в пункт 9 Правил ограничения подачи (поставки) и отбора газа&quot;  ------------ Утратил силу или отменен  {КонсультантПлюс}">
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink w:history="0" dor:id="rId13" w:tooltip="Постановление Правительства РФ от 10.04.2020 N 480 &quot;О внесении изменения в пункт 9 Правил ограничения подачи (поставки) и отбора газа&quot;  ------------ Утратил силу или отменен  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 10 апреля 2020 г. N 480 "О внесении изменения в пункт 9 Правил ограничения подачи (поставки) и отбора газа" (Собрание законодательства Российской Федерации, 2020, N 16, ст. 2592).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. В </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId12" w:tooltip="Постановление Правительства РФ от 31.12.2020 N 2467 (ред. от 01.08.2025) &quot;Об утверждении перечня нормативных правовых актов и групп нормативных правовых актов Правительства Российской Федерации, нормативных правовых актов, отдельных положений нормативных правовых актов и групп нормативных правовых актов федеральных органов исполнительной власти, правовых актов, отдельных положений правовых актов, групп правовых актов исполнительных и распорядительных органов государственной власти РСФСР и Союза ССР, решений  ------------ Недействующая редакция  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId14" w:tooltip="Постановление Правительства РФ от 31.12.2020 N 2467 (ред. от 01.08.2025) &quot;Об утверждении перечня нормативных правовых актов и групп нормативных правовых актов Правительства Российской Федерации, нормативных правовых актов, отдельных положений нормативных правовых актов и групп нормативных правовых актов федеральных органов исполнительной власти, правовых актов, отдельных положений правовых актов, групп правовых актов исполнительных и распорядительных органов государственной власти РСФСР и Союза ССР, решений  ------------ Недействующая редакция  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">постановлении</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 31 декабря 2020 г. N 2467 "Об утверждении перечня нормативных правовых актов и групп нормативных правовых актов Правительства Российской Федерации, нормативных правовых актов, отдельных положений нормативных правовых актов и групп нормативных правовых актов федеральных органов исполнительной власти, правовых актов, отдельных положений правовых актов, групп правовых актов исполнительных и распорядительных органов государственной власти РСФСР и Союза ССР, решений Государственной комиссии по радиочастотам, содержащих обязательные требования, в отношении которых не применяются положения частей 1, 2 и 3 статьи 15 Федерального закона "Об обязательных требованиях в Российской Федерации" (Собрание законодательства Российской Федерации, 2021, N 2, ст. 471; 2024, N 25, ст. 3505; N 33, ст. 5163; N 38, ст. 5651; N 40, ст. 5981; N 42, ст. 6257; N 44, ст. 6619; N 50, ст. 7744; 2025, N 6, ст. 439; N 10, ст. 1067, 1082; N 11, ст. 1178; N 13, ст. 1476; N 14, ст. 1723; N 15, ст. 1919, 1925; N 17, ст. 2152, 2158, 2160, 2169, 2170; N 18, ст. 2234, 2240, 2242, 2243; N 19, ст. 2333; Официальный интернет-портал правовой информации (</w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId13">
+      <w:hyperlink w:history="0" dor:id="rId15">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">www.pravo.gov.ru</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">), 2025, 12 мая, N 0001202505120029; 13 мая, N 0001202505130006; 14 мая, N 0001202505140039; 16 мая, N 0001202505160028; 17 мая, N 0001202505170017):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...28 lines deleted...]
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">абзац утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" dor:id="rId16" w:tooltip="Постановление Правительства РФ от 27.10.2025 N 1670 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot;  {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 27.10.2025 N 1670;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">в перечне нормативных правовых актов и групп нормативных правовых актов Правительства Российской Федерации, нормативных правовых актов, отдельных положений нормативных правовых актов и групп нормативных правовых актов федеральных органов исполнительной власти, правовых актов, отдельных положений правовых актов, групп правовых актов исполнительных и распорядительных органов государственной власти РСФСР и Союза ССР, решений Государственной комиссии по радиочастотам, содержащих обязательные требования, в отношении которых не применяются положения частей 1, 2 и 3 статьи 15 Федерального закона "Об обязательных требованиях в Российской Федерации", утвержденном указанным постановлением, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" dor:id="rId15" w:tooltip="Постановление Правительства РФ от 31.12.2020 N 2467 (ред. от 01.08.2025) &quot;Об утверждении перечня нормативных правовых актов и групп нормативных правовых актов Правительства Российской Федерации, нормативных правовых актов, отдельных положений нормативных правовых актов и групп нормативных правовых актов федеральных органов исполнительной власти, правовых актов, отдельных положений правовых актов, групп правовых актов исполнительных и распорядительных органов государственной власти РСФСР и Союза ССР, решений  ------------ Недействующая редакция  {КонсультантПлюс}">
+      <w:hyperlink w:history="0" dor:id="rId17" w:tooltip="Постановление Правительства РФ от 31.12.2020 N 2467 (ред. от 01.08.2025) &quot;Об утверждении перечня нормативных правовых актов и групп нормативных правовых актов Правительства Российской Федерации, нормативных правовых актов, отдельных положений нормативных правовых актов и групп нормативных правовых актов федеральных органов исполнительной власти, правовых актов, отдельных положений правовых актов, групп правовых актов исполнительных и распорядительных органов государственной власти РСФСР и Союза ССР, решений  ------------ Недействующая редакция  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункт 504</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> исключить.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Настоящее постановление вступает в силу с 1 сентября 2025 г.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P35" w:tooltip="ПРАВИЛА">
+      <w:hyperlink w:history="0" w:anchor="P37" w:tooltip="ПРАВИЛА">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Правила</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, утвержденные настоящим постановлением, действуют до 1 сентября 2031 г.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
@@ -880,52 +1024,52 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">от 30 мая 2025 г. N 804</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="35" w:name="P35"/>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:id="37" w:name="P37"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ПРАВИЛА</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРАНИЧЕНИЯ ПОДАЧИ (ПОСТАВКИ) И ОТБОРА ГАЗА</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -933,1194 +1077,1194 @@
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Настоящие Правила устанавливают порядок ограничения подачи (поставки) и отбора газа юридическим лицам и индивидуальным предпринимателям (далее - потребители).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Основаниями для полного ограничения подачи (поставки) и отбора газа являются:</w:t>
-      </w:r>
-[...30 lines deleted...]
-        <w:t xml:space="preserve">б) авария на газораспределительной (газотранспортной) сети и (или) сети газопотребления, посредством которых осуществляется транспортировка газа до потребителя, или угроза ее возникновения, а также проведение работ по предотвращению, локализации такой аварии или устранению ее последствий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="42" w:name="P42"/>
     <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> настоящих Правил;</w:t>
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) угроза жизни и (или) здоровью человека и (или) причинение вреда окружающей среде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="43" w:name="P43"/>
     <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">г) отсутствие правовых оснований для подачи (поставки) и отбора газа, а также использование газоиспользующего оборудования с нарушением положений законодательства Российской Федерации;</w:t>
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) авария на газораспределительной (газотранспортной) сети и (или) сети газопотребления, посредством которых осуществляется транспортировка газа до потребителя, или угроза ее возникновения, а также проведение работ по предотвращению, локализации такой аварии или устранению ее последствий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="44" w:name="P44"/>
     <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">д) введение в действие графиков перевода потребителей на альтернативные виды топлива (аварийные или резервные) и (или) графиков частичного или полного ограничения подачи газа потребителям в случае нарушения технологического режима работы газотранспортной системы при аварии, которыми в отношении соответствующего потребителя предусмотрено полное ограничение подачи (поставки) и отбора газа;</w:t>
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в) ремонт газораспределительной (газотранспортной) сети, посредством которой осуществляется транспортировка газа до потребителя, за исключением ремонта, предусмотренного </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P49" w:tooltip="а) ремонт газораспределительной (газотранспортной) сети, посредством которой осуществляется транспортировка газа до потребителя, если такой ремонт сопровождается понижением давления в газораспределительной (газотранспортной) сети (ее участке);">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">подпунктом "а" пункта 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="45" w:name="P45"/>
     <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">3. Основаниями для частичного ограничения подачи (поставки) и отбора газа являются:</w:t>
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г) отсутствие правовых оснований для подачи (поставки) и отбора газа, а также использование газоиспользующего оборудования с нарушением положений законодательства Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="46" w:name="P46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">д) введение в действие графиков перевода потребителей на альтернативные виды топлива (аварийные или резервные) и (или) графиков частичного или полного ограничения подачи газа потребителям в случае нарушения технологического режима работы газотранспортной системы при аварии, которыми в отношении соответствующего потребителя предусмотрено полное ограничение подачи (поставки) и отбора газа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="47" w:name="P47"/>
     <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">б) пользование газом с нарушением установленных законодательством Российской Федерации требований к техническому состоянию отдельного газоиспользующего оборудования потребителя;</w:t>
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е) полное или частичное неисполнение или ненадлежащее исполнение обязательств по оплате поставляемого газа и (или) услуг по его транспортировке в установленный срок, допущенное потребителем более 3 раз в течение 12 месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Основаниями для частичного ограничения подачи (поставки) и отбора газа являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="49" w:name="P49"/>
     <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">в) введение в действие графиков перевода потребителей на альтернативные виды топлива (аварийные или резервные) и (или) графиков частичного или полного ограничения подачи газа потребителям в случае нарушения технологического режима работы газотранспортной системы при аварии, которыми в отношении соответствующего потребителя предусмотрено частичное ограничение подачи (поставки) газа;</w:t>
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) ремонт газораспределительной (газотранспортной) сети, посредством которой осуществляется транспортировка газа до потребителя, если такой ремонт сопровождается понижением давления в газораспределительной (газотранспортной) сети (ее участке);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="50" w:name="P50"/>
     <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) пользование газом с нарушением установленных законодательством Российской Федерации требований к техническому состоянию отдельного газоиспользующего оборудования потребителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="51" w:name="P51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в) введение в действие графиков перевода потребителей на альтернативные виды топлива (аварийные или резервные) и (или) графиков частичного или полного ограничения подачи газа потребителям в случае нарушения технологического режима работы газотранспортной системы при аварии, которыми в отношении соответствующего потребителя предусмотрено частичное ограничение подачи (поставки) газа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="52" w:name="P52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">г) полное или частичное неисполнение или ненадлежащее исполнение обязательств по оплате поставляемого газа и (или) услуг по его транспортировке в установленный срок, допущенное потребителем 2 и более раза в течение 12 месяцев.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Ограничение отбора газа в случае, предусмотренном </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P40" w:tooltip="а) угроза жизни и (или) здоровью человека и (или) причинение вреда окружающей среде;">
+      <w:hyperlink w:history="0" w:anchor="P42" w:tooltip="а) угроза жизни и (или) здоровью человека и (или) причинение вреда окружающей среде;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "а" пункта 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, производится потребителем незамедлительно.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ограничение отбора газа в случае, предусмотренном </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P43" w:tooltip="г) отсутствие правовых оснований для подачи (поставки) и отбора газа, а также использование газоиспользующего оборудования с нарушением положений законодательства Российской Федерации;">
+      <w:hyperlink w:history="0" w:anchor="P45" w:tooltip="г) отсутствие правовых оснований для подачи (поставки) и отбора газа, а также использование газоиспользующего оборудования с нарушением положений законодательства Российской Федерации;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "г" пункта 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P48" w:tooltip="б) пользование газом с нарушением установленных законодательством Российской Федерации требований к техническому состоянию отдельного газоиспользующего оборудования потребителя;">
+      <w:hyperlink w:history="0" w:anchor="P50" w:tooltip="б) пользование газом с нарушением установленных законодательством Российской Федерации требований к техническому состоянию отдельного газоиспользующего оборудования потребителя;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "б" пункта 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, производится потребителем в суточный срок со дня возникновения соответствующих оснований.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Если потребитель не ограничил отбор газа в случаях, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P40" w:tooltip="а) угроза жизни и (или) здоровью человека и (или) причинение вреда окружающей среде;">
+      <w:hyperlink w:history="0" w:anchor="P42" w:tooltip="а) угроза жизни и (или) здоровью человека и (или) причинение вреда окружающей среде;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктами "а"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P43" w:tooltip="г) отсутствие правовых оснований для подачи (поставки) и отбора газа, а также использование газоиспользующего оборудования с нарушением положений законодательства Российской Федерации;">
+      <w:hyperlink w:history="0" w:anchor="P45" w:tooltip="г) отсутствие правовых оснований для подачи (поставки) и отбора газа, а также использование газоиспользующего оборудования с нарушением положений законодательства Российской Федерации;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"г" пункта 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P48" w:tooltip="б) пользование газом с нарушением установленных законодательством Российской Федерации требований к техническому состоянию отдельного газоиспользующего оборудования потребителя;">
+      <w:hyperlink w:history="0" w:anchor="P50" w:tooltip="б) пользование газом с нарушением установленных законодательством Российской Федерации требований к техническому состоянию отдельного газоиспользующего оборудования потребителя;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "б" пункта 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, ограничение подачи (поставки) газа потребителю производится газораспределительной организацией, газораспределительные (газотранспортные) сети и (или) сети газопотребления которой непосредственно присоединены к сетям потребителя, в порядке, установленном законодательством Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Указанная газораспределительная организация не позднее 5 календарных дней до дня ограничения подачи (поставки) газа потребителю обязана направить поставщику газа и потребителю соответствующее письменное уведомление, за исключением случая, если такое ограничение было произведено незамедлительно по основанию, предусмотренному </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P40" w:tooltip="а) угроза жизни и (или) здоровью человека и (или) причинение вреда окружающей среде;">
+      <w:hyperlink w:history="0" w:anchor="P42" w:tooltip="а) угроза жизни и (или) здоровью человека и (или) причинение вреда окружающей среде;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "а" пункта 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, о чем газораспределительная организация письменно уведомляет поставщика газа и потребителя не позднее одного дня, следующего за днем ограничения подачи (поставки) газа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Ограничение подачи (поставки) газа в случаях, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P41" w:tooltip="б) авария на газораспределительной (газотранспортной) сети и (или) сети газопотребления, посредством которых осуществляется транспортировка газа до потребителя, или угроза ее возникновения, а также проведение работ по предотвращению, локализации такой аварии или устранению ее последствий;">
+      <w:hyperlink w:history="0" w:anchor="P43" w:tooltip="б) авария на газораспределительной (газотранспортной) сети и (или) сети газопотребления, посредством которых осуществляется транспортировка газа до потребителя, или угроза ее возникновения, а также проведение работ по предотвращению, локализации такой аварии или устранению ее последствий;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктами "б"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P42" w:tooltip="в) ремонт газораспределительной (газотранспортной) сети, посредством которой осуществляется транспортировка газа до потребителя, за исключением ремонта, предусмотренного подпунктом &quot;а&quot; пункта 3 настоящих Правил;">
+      <w:hyperlink w:history="0" w:anchor="P44" w:tooltip="в) ремонт газораспределительной (газотранспортной) сети, посредством которой осуществляется транспортировка газа до потребителя, за исключением ремонта, предусмотренного подпунктом &quot;а&quot; пункта 3 настоящих Правил;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"в" пункта 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P47" w:tooltip="а) ремонт газораспределительной (газотранспортной) сети, посредством которой осуществляется транспортировка газа до потребителя, если такой ремонт сопровождается понижением давления в газораспределительной (газотранспортной) сети (ее участке);">
+      <w:hyperlink w:history="0" w:anchor="P49" w:tooltip="а) ремонт газораспределительной (газотранспортной) сети, посредством которой осуществляется транспортировка газа до потребителя, если такой ремонт сопровождается понижением давления в газораспределительной (газотранспортной) сети (ее участке);">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "а" пункта 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, производится газораспределительной организацией, на газораспределительных (газотранспортных) сетях которой произошла авария или проводится ремонт или сети которой технологически связаны с бесхозяйными сетями, на которых произошла авария или осуществляется ремонт:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">а) с последующим письменным уведомлением поставщика газа и потребителя в течение одного дня, следующего за днем введения ограничения подачи (поставки) газа вследствие аварии на газораспределительной (газотранспортной) сети, посредством которой осуществляется транспортировка газа до потребителя, или угрозы ее возникновения, а также проведения работ по предотвращению, локализации такой аварии или устранению ее последствий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">б) с предварительным письменным уведомлением поставщика газа и потребителя не позднее чем за 30 календарных дней до введения ограничения подачи (поставки) газа, если его причиной стал ремонт газораспределительной (газотранспортной) сети.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Ограничение подачи (поставки) газа по основаниям, предусмотренным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P44" w:tooltip="д) введение в действие графиков перевода потребителей на альтернативные виды топлива (аварийные или резервные) и (или) графиков частичного или полного ограничения подачи газа потребителям в случае нарушения технологического режима работы газотранспортной системы при аварии, которыми в отношении соответствующего потребителя предусмотрено полное ограничение подачи (поставки) и отбора газа;">
+      <w:hyperlink w:history="0" w:anchor="P46" w:tooltip="д) введение в действие графиков перевода потребителей на альтернативные виды топлива (аварийные или резервные) и (или) графиков частичного или полного ограничения подачи газа потребителям в случае нарушения технологического режима работы газотранспортной системы при аварии, которыми в отношении соответствующего потребителя предусмотрено полное ограничение подачи (поставки) и отбора газа;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "д" пункта 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P49" w:tooltip="в) введение в действие графиков перевода потребителей на альтернативные виды топлива (аварийные или резервные) и (или) графиков частичного или полного ограничения подачи газа потребителям в случае нарушения технологического режима работы газотранспортной системы при аварии, которыми в отношении соответствующего потребителя предусмотрено частичное ограничение подачи (поставки) газа;">
+      <w:hyperlink w:history="0" w:anchor="P51" w:tooltip="в) введение в действие графиков перевода потребителей на альтернативные виды топлива (аварийные или резервные) и (или) графиков частичного или полного ограничения подачи газа потребителям в случае нарушения технологического режима работы газотранспортной системы при аварии, которыми в отношении соответствующего потребителя предусмотрено частичное ограничение подачи (поставки) газа;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "в" пункта 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, производится поставщиком газа или газораспределительной организацией. Ограничение отбора газа по основаниям, предусмотренным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P44" w:tooltip="д) введение в действие графиков перевода потребителей на альтернативные виды топлива (аварийные или резервные) и (или) графиков частичного или полного ограничения подачи газа потребителям в случае нарушения технологического режима работы газотранспортной системы при аварии, которыми в отношении соответствующего потребителя предусмотрено полное ограничение подачи (поставки) и отбора газа;">
+      <w:hyperlink w:history="0" w:anchor="P46" w:tooltip="д) введение в действие графиков перевода потребителей на альтернативные виды топлива (аварийные или резервные) и (или) графиков частичного или полного ограничения подачи газа потребителям в случае нарушения технологического режима работы газотранспортной системы при аварии, которыми в отношении соответствующего потребителя предусмотрено полное ограничение подачи (поставки) и отбора газа;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "д" пункта 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P49" w:tooltip="в) введение в действие графиков перевода потребителей на альтернативные виды топлива (аварийные или резервные) и (или) графиков частичного или полного ограничения подачи газа потребителям в случае нарушения технологического режима работы газотранспортной системы при аварии, которыми в отношении соответствующего потребителя предусмотрено частичное ограничение подачи (поставки) газа;">
+      <w:hyperlink w:history="0" w:anchor="P51" w:tooltip="в) введение в действие графиков перевода потребителей на альтернативные виды топлива (аварийные или резервные) и (или) графиков частичного или полного ограничения подачи газа потребителям в случае нарушения технологического режима работы газотранспортной системы при аварии, которыми в отношении соответствующего потребителя предусмотрено частичное ограничение подачи (поставки) газа;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "в" пункта 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, производится потребителем.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">7. Полное или частичное ограничение подачи (поставки) газа (но не ниже брони газопотребления в отношении лиц, которым она установлена) в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P45" w:tooltip="е) полное или частичное неисполнение или ненадлежащее исполнение обязательств по оплате поставляемого газа и (или) услуг по его транспортировке в установленный срок, допущенное потребителем более 3 раз в течение 12 месяцев.">
+      <w:hyperlink w:history="0" w:anchor="P47" w:tooltip="е) полное или частичное неисполнение или ненадлежащее исполнение обязательств по оплате поставляемого газа и (или) услуг по его транспортировке в установленный срок, допущенное потребителем более 3 раз в течение 12 месяцев.">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "е" пункта 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P50" w:tooltip="г) полное или частичное неисполнение или ненадлежащее исполнение обязательств по оплате поставляемого газа и (или) услуг по его транспортировке в установленный срок, допущенное потребителем 2 и более раза в течение 12 месяцев.">
+      <w:hyperlink w:history="0" w:anchor="P52" w:tooltip="г) полное или частичное неисполнение или ненадлежащее исполнение обязательств по оплате поставляемого газа и (или) услуг по его транспортировке в установленный срок, допущенное потребителем 2 и более раза в течение 12 месяцев.">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "г" пункта 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил (за исключением потребителей, перечень которых утверждается Правительством Российской Федерации, а также потребителей, соответствующих критериям, установленным Правительством Российской Федерации, и обязанных предоставлять обеспечение исполнения обязательств по оплате газа) производится поставщиком.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Потребитель обязан погасить имеющуюся задолженность и принять меры по безаварийному прекращению технологического процесса, обеспечению безопасности людей и сохранности оборудования в связи с полным ограничением подачи (поставки) газа. В случае погашения потребителем задолженности по оплате поставляемого газа дальнейшее ограничение подачи (поставки) газа не производится, а уже введенное ограничение подачи (поставки) газа подлежит отмене не позднее 3 рабочих дней со дня погашения задолженности при условии оплаты потребителем расходов, понесенных в связи с проведением работ по введению и снятию ограничения подачи (поставки) газа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="61" w:name="P61"/>
-[...4 lines deleted...]
-        <w:spacing w:before="240" w:line-rule="auto"/>
+    <w:bookmarkStart w:id="63" w:name="P63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">8. Поставщик не позднее чем за 10 рабочих дней до планируемой даты введения ограничения подачи (поставки) газа по основаниям, предусмотренным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P45" w:tooltip="е) полное или частичное неисполнение или ненадлежащее исполнение обязательств по оплате поставляемого газа и (или) услуг по его транспортировке в установленный срок, допущенное потребителем более 3 раз в течение 12 месяцев.">
+      <w:hyperlink w:history="0" w:anchor="P47" w:tooltip="е) полное или частичное неисполнение или ненадлежащее исполнение обязательств по оплате поставляемого газа и (или) услуг по его транспортировке в установленный срок, допущенное потребителем более 3 раз в течение 12 месяцев.">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "е" пункта 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P50" w:tooltip="г) полное или частичное неисполнение или ненадлежащее исполнение обязательств по оплате поставляемого газа и (или) услуг по его транспортировке в установленный срок, допущенное потребителем 2 и более раза в течение 12 месяцев.">
+      <w:hyperlink w:history="0" w:anchor="P52" w:tooltip="г) полное или частичное неисполнение или ненадлежащее исполнение обязательств по оплате поставляемого газа и (или) услуг по его транспортировке в установленный срок, допущенное потребителем 2 и более раза в течение 12 месяцев.">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "г" пункта 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, обязан направить потребителю письменное уведомление с указанием основания и даты введения в отношении него ограничения подачи (поставки) газа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В отношении категорий потребителей, ограничение режима потребления газа которым может привести к экономическим, экологическим и социальным последствиям, предусмотренных приложением, срок направления письменного уведомления должен составлять не менее 20 календарных дней до планируемой даты введения такого ограничения подачи (поставки) газа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">9. Ограничение подачи (поставки) газа потребителю по основаниям, предусмотренным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P45" w:tooltip="е) полное или частичное неисполнение или ненадлежащее исполнение обязательств по оплате поставляемого газа и (или) услуг по его транспортировке в установленный срок, допущенное потребителем более 3 раз в течение 12 месяцев.">
+      <w:hyperlink w:history="0" w:anchor="P47" w:tooltip="е) полное или частичное неисполнение или ненадлежащее исполнение обязательств по оплате поставляемого газа и (или) услуг по его транспортировке в установленный срок, допущенное потребителем более 3 раз в течение 12 месяцев.">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "е" пункта 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P50" w:tooltip="г) полное или частичное неисполнение или ненадлежащее исполнение обязательств по оплате поставляемого газа и (или) услуг по его транспортировке в установленный срок, допущенное потребителем 2 и более раза в течение 12 месяцев.">
+      <w:hyperlink w:history="0" w:anchor="P52" w:tooltip="г) полное или частичное неисполнение или ненадлежащее исполнение обязательств по оплате поставляемого газа и (или) услуг по его транспортировке в установленный срок, допущенное потребителем 2 и более раза в течение 12 месяцев.">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "г" пункта 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, осуществляется поставщиком (с привлечением при необходимости газораспределительной организации), а при отсутствии возможности произвести ограничение подачи (поставки) газа потребителю путем выполнения соответствующих технических мероприятий на сетях и оборудовании, предназначенных для транспортировки газа, прекращение отбора газа в соответствии с письменным уведомлением поставщика осуществляется потребителем.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Уклонение потребителя от совершения действий по прекращению отбора газа является основанием для принудительного ограничения подачи (поставки) газа посредством проведения мероприятий технического характера на газоиспользующем оборудовании потребителя, если право поставщика на ограничение подачи (поставки) газа не может быть реализовано без доступа к газоиспользующему оборудованию потребителя. Потребитель обязан обеспечить доступ поставщика и (или) газораспределительной организации к своему газоиспользующему оборудованию и не препятствовать осуществлению поставщиком и (или) газораспределительной организацией мероприятий по полному или частичному ограничению подачи (поставки) газа при сохранении обстоятельств, послуживших основанием для введения такого ограничения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10. Ограничение подачи (поставки) газа по основаниям, предусмотренным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P45" w:tooltip="е) полное или частичное неисполнение или ненадлежащее исполнение обязательств по оплате поставляемого газа и (или) услуг по его транспортировке в установленный срок, допущенное потребителем более 3 раз в течение 12 месяцев.">
+      <w:hyperlink w:history="0" w:anchor="P47" w:tooltip="е) полное или частичное неисполнение или ненадлежащее исполнение обязательств по оплате поставляемого газа и (или) услуг по его транспортировке в установленный срок, допущенное потребителем более 3 раз в течение 12 месяцев.">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "е" пункта 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P50" w:tooltip="г) полное или частичное неисполнение или ненадлежащее исполнение обязательств по оплате поставляемого газа и (или) услуг по его транспортировке в установленный срок, допущенное потребителем 2 и более раза в течение 12 месяцев.">
+      <w:hyperlink w:history="0" w:anchor="P52" w:tooltip="г) полное или частичное неисполнение или ненадлежащее исполнение обязательств по оплате поставляемого газа и (или) услуг по его транспортировке в установленный срок, допущенное потребителем 2 и более раза в течение 12 месяцев.">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "г" пункта 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, в отношении потребителей, к сетям которых подключены абоненты, не имеющие задолженности по оплате газа и (или) вырабатываемых при использовании газа и подаваемых им ресурсов (далее - абоненты, не имеющие задолженности), осуществляется поставщиком газа с учетом особенностей, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P66" w:tooltip="11. Потребитель, к сетям которого подключены абоненты, не имеющие задолженности, обязан обеспечить им подачу (поставку) газа и (или) вырабатываемых при использовании газа ресурсов в объемах, необходимых для их бесперебойного ресурсоснабжения.">
+      <w:hyperlink w:history="0" w:anchor="P68" w:tooltip="11. Потребитель, к сетям которого подключены абоненты, не имеющие задолженности, обязан обеспечить им подачу (поставку) газа и (или) вырабатываемых при использовании газа ресурсов в объемах, необходимых для их бесперебойного ресурсоснабжения.">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P71" w:tooltip="13. В случае непредоставления потребителем данных, указанных в подпункте &quot;в&quot; пункта 12 настоящих Правил, поставщик газа ограничивает подачу (поставку) газа до уровня, соответствующего среднемесячному значению количества газа, определяемому из расчета ранее фактически оплачиваемых потребителем объемов газа, подача (поставка) которых осуществлялась в течение 12 месяцев, предшествующих дате введения ограничения подачи (поставки) газа (или за меньший период, если предшествующий дате введения ограничения срок...">
+      <w:hyperlink w:history="0" w:anchor="P73" w:tooltip="13. В случае непредоставления потребителем данных, указанных в подпункте &quot;в&quot; пункта 12 настоящих Правил, поставщик газа ограничивает подачу (поставку) газа до уровня, соответствующего среднемесячному значению количества газа, определяемому из расчета ранее фактически оплачиваемых потребителем объемов газа, подача (поставка) которых осуществлялась в течение 12 месяцев, предшествующих дате введения ограничения подачи (поставки) газа (или за меньший период, если предшествующий дате введения ограничения срок...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">13</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="66" w:name="P66"/>
-[...4 lines deleted...]
-        <w:spacing w:before="240" w:line-rule="auto"/>
+    <w:bookmarkStart w:id="68" w:name="P68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">11. Потребитель, к сетям которого подключены абоненты, не имеющие задолженности, обязан обеспечить им подачу (поставку) газа и (или) вырабатываемых при использовании газа ресурсов в объемах, необходимых для их бесперебойного ресурсоснабжения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">12. Исполнение обязанности, предусмотренной </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P66" w:tooltip="11. Потребитель, к сетям которого подключены абоненты, не имеющие задолженности, обязан обеспечить им подачу (поставку) газа и (или) вырабатываемых при использовании газа ресурсов в объемах, необходимых для их бесперебойного ресурсоснабжения.">
+      <w:hyperlink w:history="0" w:anchor="P68" w:tooltip="11. Потребитель, к сетям которого подключены абоненты, не имеющие задолженности, обязан обеспечить им подачу (поставку) газа и (или) вырабатываемых при использовании газа ресурсов в объемах, необходимых для их бесперебойного ресурсоснабжения.">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, может осуществляться потребителем путем:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">а) полного и (или) частичного ограничения подачи (поставки) газа или вырабатываемых при использовании газа ресурсов своим абонентам, имеющим задолженность по оплате использованного ими газа или иных вырабатываемых при использовании газа ресурсов, в соответствии с законодательством Российской Федерации;</w:t>
-      </w:r>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="71" w:name="P71"/>
     <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) предварительного (не позднее чем за 5 рабочих дней до введения ограничения подачи (поставки) газа) обращения к поставщику газа с предложением о заключении договора поставки газа между поставщиком газа и потребителем в объемах, необходимых для бесперебойного ресурсоснабжения абонентов, не имеющих задолженности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="72" w:name="P72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в) предоставления потребителем поставщику письменного расчета объема газа, необходимого для бесперебойного ресурсоснабжения абонентов, не имеющих задолженности, подтвержденного данными о мощности газоиспользующего оборудования, которым оснащен ресурсоснабжаемый объект, об отапливаемой площади такого объекта, а также о количестве абонентов, не имеющих задолженности, для заключения договора поставки газа, указанного в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P71" w:tooltip="б) предварительного (не позднее чем за 5 рабочих дней до введения ограничения подачи (поставки) газа) обращения к поставщику газа с предложением о заключении договора поставки газа между поставщиком газа и потребителем в объемах, необходимых для бесперебойного ресурсоснабжения абонентов, не имеющих задолженности;">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">подпункте "б"</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="73" w:name="P73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">13. В случае непредоставления потребителем данных, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P70" w:tooltip="в) предоставления потребителем поставщику письменного расчета объема газа, необходимого для бесперебойного ресурсоснабжения абонентов, не имеющих задолженности, подтвержденного данными о мощности газоиспользующего оборудования, которым оснащен ресурсоснабжаемый объект, об отапливаемой площади такого объекта, а также о количестве абонентов, не имеющих задолженности, для заключения договора поставки газа, указанного в подпункте &quot;б&quot; настоящего пункта.">
+      <w:hyperlink w:history="0" w:anchor="P72" w:tooltip="в) предоставления потребителем поставщику письменного расчета объема газа, необходимого для бесперебойного ресурсоснабжения абонентов, не имеющих задолженности, подтвержденного данными о мощности газоиспользующего оборудования, которым оснащен ресурсоснабжаемый объект, об отапливаемой площади такого объекта, а также о количестве абонентов, не имеющих задолженности, для заключения договора поставки газа, указанного в подпункте &quot;б&quot; настоящего пункта.">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпункте "в" пункта 12</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, поставщик газа ограничивает подачу (поставку) газа до уровня, соответствующего среднемесячному значению количества газа, определяемому из расчета ранее фактически оплачиваемых потребителем объемов газа, подача (поставка) которых осуществлялась в течение 12 месяцев, предшествующих дате введения ограничения подачи (поставки) газа (или за меньший период, если предшествующий дате введения ограничения срок подачи (поставки) газа по договору поставки газа составил менее 12 месяцев).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Поставщик газа не позднее чем за 3 рабочих дня до введения ограничения подачи (поставки) газа повторно направляет потребителю письменное уведомление, предусмотренное </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P61" w:tooltip="8. Поставщик не позднее чем за 10 рабочих дней до планируемой даты введения ограничения подачи (поставки) газа по основаниям, предусмотренным подпунктом &quot;е&quot; пункта 2 и подпунктом &quot;г&quot; пункта 3 настоящих Правил, обязан направить потребителю письменное уведомление с указанием основания и даты введения в отношении него ограничения подачи (поставки) газа.">
+      <w:hyperlink w:history="0" w:anchor="P63" w:tooltip="8. Поставщик не позднее чем за 10 рабочих дней до планируемой даты введения ограничения подачи (поставки) газа по основаниям, предусмотренным подпунктом &quot;е&quot; пункта 2 и подпунктом &quot;г&quot; пункта 3 настоящих Правил, обязан направить потребителю письменное уведомление с указанием основания и даты введения в отношении него ограничения подачи (поставки) газа.">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, с указанием основания и даты введения ограничения, а также объемов газа, поставляемых в период ограничения подачи (поставки) газа и рассчитанных в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P71" w:tooltip="13. В случае непредоставления потребителем данных, указанных в подпункте &quot;в&quot; пункта 12 настоящих Правил, поставщик газа ограничивает подачу (поставку) газа до уровня, соответствующего среднемесячному значению количества газа, определяемому из расчета ранее фактически оплачиваемых потребителем объемов газа, подача (поставка) которых осуществлялась в течение 12 месяцев, предшествующих дате введения ограничения подачи (поставки) газа (или за меньший период, если предшествующий дате введения ограничения срок...">
+      <w:hyperlink w:history="0" w:anchor="P73" w:tooltip="13. В случае непредоставления потребителем данных, указанных в подпункте &quot;в&quot; пункта 12 настоящих Правил, поставщик газа ограничивает подачу (поставку) газа до уровня, соответствующего среднемесячному значению количества газа, определяемому из расчета ранее фактически оплачиваемых потребителем объемов газа, подача (поставка) которых осуществлялась в течение 12 месяцев, предшествующих дате введения ограничения подачи (поставки) газа (или за меньший период, если предшествующий дате введения ограничения срок...">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем первым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае перерасхода газа потребителем в период введения ограничения подачи (поставки) газа поставщик газа имеет право проводить принудительное уменьшение количества подаваемого (поставляемого) газа до месячной нормы, установленной на период введения ограничения подачи (поставки) газа, в том числе путем полного ограничения подачи (поставки) газа (с предупреждением потребителя и исполнительных органов субъектов Российской Федерации не менее чем за сутки), в случае если его объем, установленный на соответствующий месяц, был использован потребителем до истечения этого месяца. Последующее возобновление подачи (поставки) газа в установленных на период ограничения подачи (поставки) газа объемах осуществляется поставщиком с наступлением следующего месяца, если иное не предусмотрено договором поставки газа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">14. В случае устранения причин, послуживших основанием для ограничения подачи (поставки) газа в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P40" w:tooltip="а) угроза жизни и (или) здоровью человека и (или) причинение вреда окружающей среде;">
+      <w:hyperlink w:history="0" w:anchor="P42" w:tooltip="а) угроза жизни и (или) здоровью человека и (или) причинение вреда окружающей среде;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктами "а"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P43" w:tooltip="г) отсутствие правовых оснований для подачи (поставки) и отбора газа, а также использование газоиспользующего оборудования с нарушением положений законодательства Российской Федерации;">
+      <w:hyperlink w:history="0" w:anchor="P45" w:tooltip="г) отсутствие правовых оснований для подачи (поставки) и отбора газа, а также использование газоиспользующего оборудования с нарушением положений законодательства Российской Федерации;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"г" пункта 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P47" w:tooltip="а) ремонт газораспределительной (газотранспортной) сети, посредством которой осуществляется транспортировка газа до потребителя, если такой ремонт сопровождается понижением давления в газораспределительной (газотранспортной) сети (ее участке);">
+      <w:hyperlink w:history="0" w:anchor="P49" w:tooltip="а) ремонт газораспределительной (газотранспортной) сети, посредством которой осуществляется транспортировка газа до потребителя, если такой ремонт сопровождается понижением давления в газораспределительной (газотранспортной) сети (ее участке);">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктами "а"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P48" w:tooltip="б) пользование газом с нарушением установленных законодательством Российской Федерации требований к техническому состоянию отдельного газоиспользующего оборудования потребителя;">
+      <w:hyperlink w:history="0" w:anchor="P50" w:tooltip="б) пользование газом с нарушением установленных законодательством Российской Федерации требований к техническому состоянию отдельного газоиспользующего оборудования потребителя;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"б" пункта 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, поставщик газа письменно уведомляется в течение одного рабочего дня:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">а) газораспределительной организацией - о возобновлении подачи (поставки) газа потребителю, которая была ограничена по основаниям, предусмотренным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P41" w:tooltip="б) авария на газораспределительной (газотранспортной) сети и (или) сети газопотребления, посредством которых осуществляется транспортировка газа до потребителя, или угроза ее возникновения, а также проведение работ по предотвращению, локализации такой аварии или устранению ее последствий;">
+      <w:hyperlink w:history="0" w:anchor="P43" w:tooltip="б) авария на газораспределительной (газотранспортной) сети и (или) сети газопотребления, посредством которых осуществляется транспортировка газа до потребителя, или угроза ее возникновения, а также проведение работ по предотвращению, локализации такой аварии или устранению ее последствий;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктами "б"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P42" w:tooltip="в) ремонт газораспределительной (газотранспортной) сети, посредством которой осуществляется транспортировка газа до потребителя, за исключением ремонта, предусмотренного подпунктом &quot;а&quot; пункта 3 настоящих Правил;">
+      <w:hyperlink w:history="0" w:anchor="P44" w:tooltip="в) ремонт газораспределительной (газотранспортной) сети, посредством которой осуществляется транспортировка газа до потребителя, за исключением ремонта, предусмотренного подпунктом &quot;а&quot; пункта 3 настоящих Правил;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"в" пункта 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P47" w:tooltip="а) ремонт газораспределительной (газотранспортной) сети, посредством которой осуществляется транспортировка газа до потребителя, если такой ремонт сопровождается понижением давления в газораспределительной (газотранспортной) сети (ее участке);">
+      <w:hyperlink w:history="0" w:anchor="P49" w:tooltip="а) ремонт газораспределительной (газотранспортной) сети, посредством которой осуществляется транспортировка газа до потребителя, если такой ремонт сопровождается понижением давления в газораспределительной (газотранспортной) сети (ее участке);">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "а" пункта 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">б) потребителем - о возобновлении отбора газа, который был ограничен по основаниям, предусмотренным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P40" w:tooltip="а) угроза жизни и (или) здоровью человека и (или) причинение вреда окружающей среде;">
+      <w:hyperlink w:history="0" w:anchor="P42" w:tooltip="а) угроза жизни и (или) здоровью человека и (или) причинение вреда окружающей среде;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктами "а"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P43" w:tooltip="г) отсутствие правовых оснований для подачи (поставки) и отбора газа, а также использование газоиспользующего оборудования с нарушением положений законодательства Российской Федерации;">
+      <w:hyperlink w:history="0" w:anchor="P45" w:tooltip="г) отсутствие правовых оснований для подачи (поставки) и отбора газа, а также использование газоиспользующего оборудования с нарушением положений законодательства Российской Федерации;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"г" пункта 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P48" w:tooltip="б) пользование газом с нарушением установленных законодательством Российской Федерации требований к техническому состоянию отдельного газоиспользующего оборудования потребителя;">
+      <w:hyperlink w:history="0" w:anchor="P50" w:tooltip="б) пользование газом с нарушением установленных законодательством Российской Федерации требований к техническому состоянию отдельного газоиспользующего оборудования потребителя;">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "б" пункта 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
@@ -2270,172 +2414,172 @@
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Государственные органы Российской Федерации, в том числе Федеральная служба безопасности Российской Федерации, Федеральная служба войск национальной гвардии Российской Федерации, Министерство внутренних дел Российской Федерации, Федеральная служба охраны Российской Федерации, Служба внешней разведки Российской Федерации, Главное управление специальных программ Президента Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Организации, осуществляющие эксплуатацию объектов централизованного водоснабжения и (или) теплоснабжения населенных пунктов, - в отношении этих объектов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Воинские части (органы, организации, в которых предусмотрена военная служба и (или) проходят службу лица, имеющие специальные звания полиции) Министерства обороны Российской Федерации, Министерства внутренних дел Российской Федерации, Федеральной службы безопасности Российской Федерации, Министерства Российской Федерации по делам гражданской обороны, чрезвычайным ситуациям и ликвидации последствий стихийных бедствий, Федеральной службы охраны Российской Федерации, Главного управления специальных программ Президента Российской Федерации, Федеральной службы войск национальной гвардии Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Учреждения, исполняющие уголовные наказания, следственные изоляторы, образовательные организации, предприятия и органы уголовно-исполнительной системы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Федеральные ядерные центры и объекты, работающие с ядерным топливом и материалами.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Организации, выполняющие государственный оборонный заказ с использованием объектов производства взрывчатых веществ и боеприпасов с непрерывным технологическим процессом, - в отношении таких объектов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
+        <w:spacing w:before="240" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">7. Медицинские учреждения, государственные учреждения ветеринарии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="100" w:after="100"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" dor:id="rId5"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" dor:id="rId6"/>
+      <w:headerReference w:type="default" dor:id="rId6"/>
+      <w:headerReference w:type="first" dor:id="rId6"/>
+      <w:footerReference w:type="default" dor:id="rId7"/>
+      <w:footerReference w:type="first" dor:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="566" w:bottom="1440" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 w16se wne wp14">
   <w:p>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblInd w:w="0" w:type="dxa"/>
@@ -2603,373 +2747,403 @@
       <w:gridCol w:w="1"/>
     </w:tblGrid>
     <w:tr>
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="1683"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2700" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Постановление Правительства РФ от 30.05.2025 N 804</w:t>
             <w:br/>
-            <w:t>"Об утверждении Правил ограничения подачи (поставки) и отбора газа"</w:t>
+            <w:t>(ред. от 27.10.2025)</w:t>
+            <w:br/>
+            <w:t>"Об утверждении Правил ограничения подачи (поста...</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2300" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="end"/>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve">Документ предоставлен </w:t>
           </w:r>
           <w:hyperlink r:id="rId1" w:history="0" w:tooltip="КонсультантПлюс - надежная правовая система">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>КонсультантПлюс</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:br/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Дата сохранения: 15.10.2025</w:t>
+            <w:t>Дата сохранения: 14.11.2025</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p/>
 </w:hdr>
 </file>
 
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:themeFontLang w:val="ru-RU"/>
+</w:settings>
+</file>
+
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:default="1" w:customStyle="1" w:styleId="0">
     <w:name w:val="ConsPlusNormal"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="ConsPlusNonformat"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
     <w:name w:val="ConsPlusTitle"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3">
     <w:name w:val="ConsPlusCell"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4">
     <w:name w:val="ConsPlusDocList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="18"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5">
     <w:name w:val="ConsPlusTitlePage"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6">
     <w:name w:val="ConsPlusJurTerm"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="26"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:default="1" w:customStyle="1" w:styleId="0">
     <w:name w:val="ConsPlusNormal"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="ConsPlusNonformat"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
     <w:name w:val="ConsPlusTitle"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3">
     <w:name w:val="ConsPlusCell"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4">
     <w:name w:val="ConsPlusDocList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="18"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5">
     <w:name w:val="ConsPlusTitlePage"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6">
     <w:name w:val="ConsPlusJurTerm"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="26"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-	<Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
-[...1 lines deleted...]
-	<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/>
+	<Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="word/settings.xml"/>
+	<Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
+	<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/>
 	<Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/>
-	<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/>
-[...9 lines deleted...]
-	<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511406&amp;date=15.10.2025&amp;dst=100610&amp;field=134" TargetMode="External"/><Relationship Target="media/Image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/>
+	<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/>
+	<Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/>
+	<Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/>
+	<Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=517602&amp;date=14.11.2025&amp;dst=100062&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=500821&amp;date=14.11.2025&amp;dst=88&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=350309&amp;date=14.11.2025" TargetMode="External"/>
+	<Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=351860&amp;date=14.11.2025&amp;dst=100022&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=345575&amp;date=14.11.2025&amp;dst=100015&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=350236&amp;date=14.11.2025" TargetMode="External"/>
+	<Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511406&amp;date=14.11.2025" TargetMode="External"/>
+	<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="www.pravo.gov.ru" TargetMode="External"/>
+	<Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=517602&amp;date=14.11.2025&amp;dst=100062&amp;field=134" TargetMode="External"/>
+	<Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511406&amp;date=14.11.2025&amp;dst=100610&amp;field=134" TargetMode="External"/><Relationship Target="media/Image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-[...1 lines deleted...]
-</Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-[...1 lines deleted...]
-</Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>КонсультантПлюс Версия 4024.00.50</Application>
-  <Company>КонсультантПлюс Версия 4024.00.50</Company>
+  <Application>КонсультантПлюс Версия 4025.00.30</Application>
+  <Company>КонсультантПлюс Версия 4025.00.30</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Постановление Правительства РФ от 30.05.2025 N 804
+(ред. от 27.10.2025)
 "Об утверждении Правил ограничения подачи (поставки) и отбора газа"</dc:title>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </cp:coreProperties>
 </file>