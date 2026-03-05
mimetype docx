--- v0 (2025-10-07)
+++ v1 (2026-03-05)
@@ -4,52 +4,109 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 	<Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
 	<Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 	<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dor="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:dor="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
+    <w:p w:rsidR="00C51609" w:rsidRPr="00C51609" w:rsidRDefault="00DB582B">
+      <w:r>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>right</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:align>bottom</wp:align>
+            </wp:positionV>
+            <wp:extent cx="4539615" cy="1080000"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="2" name="Рисунок 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip dor:embed="rId14"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4539615" cy="1080000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00C51609" w:rsidRPr="00C51609" w:rsidRDefault="00DB582B">
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:align>bottom</wp:align>
             </wp:positionV>
             <wp:extent cx="4539615" cy="1080000"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -2135,51 +2192,52 @@
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 	<Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 	<Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/>
 	<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/>
 	<Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/>
 	<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/>
 	<Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/>
 	<Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=RLAW256&amp;n=200261&amp;date=15.09.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
 	<Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=RLAW256&amp;n=202530&amp;date=15.09.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
 	<Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493144&amp;date=15.09.2025" TargetMode="External"/>
 	<Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507032&amp;date=15.09.2025&amp;dst=100014&amp;field=134" TargetMode="External"/>
 	<Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=RLAW256&amp;n=178339&amp;date=15.09.2025" TargetMode="External"/>
-	<Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=RLAW256&amp;n=202530&amp;date=15.09.2025&amp;dst=100005&amp;field=134" TargetMode="External"/><Relationship Target="media/Image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/>
+	<Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=RLAW256&amp;n=202530&amp;date=15.09.2025&amp;dst=100005&amp;field=134" TargetMode="External"/>
+	<Relationship Target="media/Image2.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/Image3.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 	<Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/>
 </Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 	<Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/>
 </Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>КонсультантПлюс Версия 4024.00.50</Application>
   <Company>КонсультантПлюс Версия 4024.00.50</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Приказ департамента ценового и тарифного регулирования Самарской области от 16.12.2024 N 616